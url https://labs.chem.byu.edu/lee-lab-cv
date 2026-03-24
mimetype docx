--- v0 (2026-01-07)
+++ v1 (2026-03-24)
@@ -165,59 +165,51 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52DF7DCF" w14:textId="24057993" w:rsidR="00C82CDA" w:rsidRDefault="00F92BBE" w:rsidP="0054195B">
       <w:r>
         <w:t>BYU u</w:t>
       </w:r>
       <w:r w:rsidR="00C82CDA">
         <w:t xml:space="preserve">ndergraduate </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">students are in </w:t>
       </w:r>
       <w:r w:rsidRPr="00F92BBE">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>red</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4518ACAC" w14:textId="44668699" w:rsidR="00F92BBE" w:rsidRDefault="00F92BBE" w:rsidP="0054195B">
       <w:r>
-        <w:t xml:space="preserve">BYU graduate students </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">BYU graduate students are in </w:t>
       </w:r>
       <w:r w:rsidRPr="00F92BBE">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>blue</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FAB7F01" w14:textId="316D249E" w:rsidR="00B810D3" w:rsidRDefault="00B810D3" w:rsidP="0054195B">
       <w:r>
         <w:t>BYU postdoc</w:t>
       </w:r>
       <w:r w:rsidR="00B267B2">
         <w:t xml:space="preserve">toral fellows are in </w:t>
       </w:r>
       <w:r w:rsidR="00B267B2" w:rsidRPr="00B267B2">
         <w:rPr>
           <w:color w:val="7030A0"/>
         </w:rPr>
         <w:t>violet</w:t>
       </w:r>
       <w:r w:rsidR="00B267B2">
@@ -506,60 +498,52 @@
         <w:t>Development of a 3D Ion Trap for Ion/Ion Reactions and Mass Analysis Involving High Mass Biomolecular Ions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="229B2271" w14:textId="7DCEB916" w:rsidR="004F6092" w:rsidRPr="00FB69F7" w:rsidRDefault="006037C6" w:rsidP="00F561C4">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB69F7">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>Advis</w:t>
       </w:r>
       <w:r w:rsidR="00016C3D" w:rsidRPr="00FB69F7">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB69F7">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t xml:space="preserve">r: Dr. Scott </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>r: Dr. Scott McLuckey</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="74C59E61" w14:textId="63C45223" w:rsidR="00F134C6" w:rsidRPr="00FB69F7" w:rsidRDefault="006037C6" w:rsidP="003829C7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB69F7">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>Bachelor of Science, Chemistry</w:t>
       </w:r>
       <w:r w:rsidR="00904AD8">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:tab/>
         <w:t>2010–2011</w:t>
       </w:r>
       <w:r w:rsidR="008D76B0">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
@@ -775,270 +759,303 @@
       <w:r w:rsidR="00F80706">
         <w:t>1 section</w:t>
       </w:r>
       <w:r w:rsidR="009A5BEA">
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r w:rsidR="00F80706">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E57F6">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0084689C">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="003E57F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0084689C">
         <w:t xml:space="preserve">graduate and 4 undergraduate </w:t>
       </w:r>
       <w:r w:rsidR="003E57F6">
         <w:t>students</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A485ED" w14:textId="167371B5" w:rsidR="0001547F" w:rsidRDefault="0001547F" w:rsidP="00886E88">
+    <w:p w14:paraId="24A485ED" w14:textId="2FF2CD73" w:rsidR="0001547F" w:rsidRDefault="0001547F" w:rsidP="00886E88">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00886E88">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="009F248A">
         <w:t>HEM</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 227: Principles of Chemical Analysis</w:t>
       </w:r>
       <w:r w:rsidR="00720433">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009477F7">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00712FA1">
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidR="00720433">
         <w:t>2024</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7070C502" w14:textId="4CFF3949" w:rsidR="001740E3" w:rsidRDefault="00566A9E" w:rsidP="00872123">
+      <w:r w:rsidR="00DF2F6F">
+        <w:t>, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7070C502" w14:textId="6FAC9890" w:rsidR="001740E3" w:rsidRDefault="00566A9E" w:rsidP="00872123">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t>2 class hours and 6 lab hours per week</w:t>
+      </w:r>
+      <w:r w:rsidR="00713B95">
+        <w:t xml:space="preserve"> per semester</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF983A7" w14:textId="28318F93" w:rsidR="00333CFE" w:rsidRPr="00BA2125" w:rsidRDefault="003B6E87" w:rsidP="001740E3">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00333CFE">
         <w:t>rea</w:t>
       </w:r>
       <w:r>
         <w:t>ted</w:t>
       </w:r>
       <w:r w:rsidR="00333CFE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00333CFE">
         <w:t>nd administer</w:t>
       </w:r>
       <w:r>
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidR="00333CFE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C3093">
         <w:t xml:space="preserve">new </w:t>
       </w:r>
       <w:r w:rsidR="00333CFE">
-        <w:t xml:space="preserve">coding </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>coding lecture</w:t>
+      </w:r>
       <w:r w:rsidR="00940BEC">
         <w:t xml:space="preserve"> and lab</w:t>
       </w:r>
       <w:r w:rsidR="003C3093">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="002866BD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C3093">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="002866BD">
         <w:t>pdated coding</w:t>
       </w:r>
       <w:r w:rsidR="00333CFE">
         <w:t xml:space="preserve"> assignments</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EDB5C4B" w14:textId="77777777" w:rsidR="00321DA1" w:rsidRDefault="00491603" w:rsidP="004E5CA7">
+    <w:p w14:paraId="0EDB5C4B" w14:textId="3D972790" w:rsidR="00321DA1" w:rsidRDefault="00491603" w:rsidP="004E5CA7">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Co-taught </w:t>
       </w:r>
       <w:r w:rsidR="0001547F">
         <w:t>2 sections</w:t>
       </w:r>
       <w:r w:rsidR="00A37D02">
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r w:rsidR="0001547F">
-        <w:t xml:space="preserve"> 62 students</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F67D8">
+        <w:t>~</w:t>
+      </w:r>
+      <w:r w:rsidR="0001547F">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="006F67D8">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="0001547F">
+        <w:t xml:space="preserve"> students</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in class</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5B5C2D37" w14:textId="77777777" w:rsidR="00046653" w:rsidRDefault="00321DA1" w:rsidP="004E5CA7">
+      <w:r w:rsidR="006F67D8">
+        <w:t xml:space="preserve"> per semester</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B5C2D37" w14:textId="37FC4A68" w:rsidR="00046653" w:rsidRDefault="00321DA1" w:rsidP="004E5CA7">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t>Supervised</w:t>
       </w:r>
       <w:r w:rsidR="00EC5D80">
         <w:t xml:space="preserve"> 1 section of </w:t>
       </w:r>
+      <w:r w:rsidR="006F67D8">
+        <w:t>&gt;30</w:t>
+      </w:r>
       <w:r w:rsidR="002B43C9">
-        <w:t>33 students in lab</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="57F78CF1" w14:textId="2C5B3C86" w:rsidR="00F951D5" w:rsidRDefault="00046653" w:rsidP="004E5CA7">
+        <w:t xml:space="preserve"> students in lab</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34050">
+        <w:t xml:space="preserve"> per semester</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F78CF1" w14:textId="6CB5F031" w:rsidR="00F951D5" w:rsidRDefault="00046653" w:rsidP="004E5CA7">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">Co-supervised </w:t>
       </w:r>
       <w:r w:rsidR="0001547F">
-        <w:t>5</w:t>
-[...6 lines deleted...]
-    <w:p w14:paraId="0D56E491" w14:textId="34A15393" w:rsidR="0038513D" w:rsidRDefault="009341F4" w:rsidP="009341F4">
+        <w:t>5 TAs</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34050">
+        <w:t xml:space="preserve"> per semester</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D56E491" w14:textId="2AF6E8FC" w:rsidR="0038513D" w:rsidRDefault="009341F4" w:rsidP="009341F4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>CHEM</w:t>
       </w:r>
       <w:r w:rsidR="002E6B17" w:rsidRPr="009C7F0B">
         <w:t xml:space="preserve"> 106: General College Chemistry 2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F17FDB">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00712FA1">
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00FF1FD8">
         <w:t>3</w:t>
       </w:r>
+      <w:r w:rsidR="00403DB9">
+        <w:t>, Winter 2026</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5101805B" w14:textId="1B73365E" w:rsidR="00A12F10" w:rsidRDefault="00B42D7C" w:rsidP="00A12F10">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r w:rsidRPr="009C7F0B">
         <w:t>3 c</w:t>
       </w:r>
       <w:r w:rsidR="00A12F10">
         <w:t>lass</w:t>
       </w:r>
       <w:r w:rsidRPr="009C7F0B">
         <w:t xml:space="preserve"> hours</w:t>
       </w:r>
       <w:r w:rsidR="00A12F10">
         <w:t xml:space="preserve"> per week</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F48FD1" w14:textId="77777777" w:rsidR="00354631" w:rsidRDefault="00354631" w:rsidP="00A12F10">
+    <w:p w14:paraId="62F48FD1" w14:textId="094B3E6E" w:rsidR="00354631" w:rsidRDefault="00354631" w:rsidP="00A12F10">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">Instructed </w:t>
       </w:r>
+      <w:r w:rsidR="005E5D9F">
+        <w:t>20</w:t>
+      </w:r>
       <w:r w:rsidR="00987CD4" w:rsidRPr="009C7F0B">
-        <w:t>4 sections</w:t>
+        <w:t xml:space="preserve"> sections</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> with</w:t>
       </w:r>
       <w:r w:rsidR="00987CD4" w:rsidRPr="009C7F0B">
-        <w:t xml:space="preserve"> 64 </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00651346">
+        <w:t>~630</w:t>
+      </w:r>
+      <w:r w:rsidR="00987CD4" w:rsidRPr="009C7F0B">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">total </w:t>
       </w:r>
       <w:r w:rsidR="00987CD4" w:rsidRPr="009C7F0B">
         <w:t>students</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6E1B8405" w14:textId="37416501" w:rsidR="003F3E68" w:rsidRPr="009C7F0B" w:rsidRDefault="00354631" w:rsidP="00A12F10">
+    </w:p>
+    <w:p w14:paraId="6E1B8405" w14:textId="7B001BC1" w:rsidR="003F3E68" w:rsidRPr="009C7F0B" w:rsidRDefault="00354631" w:rsidP="00A12F10">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Supervised </w:t>
       </w:r>
+      <w:r w:rsidR="00651346">
+        <w:t>10</w:t>
+      </w:r>
       <w:r w:rsidR="00987CD4" w:rsidRPr="009C7F0B">
-        <w:t>3 TAs</w:t>
+        <w:t xml:space="preserve"> TAs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A07BCD5" w14:textId="23512D97" w:rsidR="00F021FA" w:rsidRDefault="00F021FA" w:rsidP="00F021FA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>Teaching Assistant</w:t>
       </w:r>
       <w:r w:rsidR="00CD1BC0">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:tab/>
         <w:t>2016–2017</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D135E16" w14:textId="586162E2" w:rsidR="0002796E" w:rsidRPr="0002796E" w:rsidRDefault="0002796E" w:rsidP="00CD1BC0">
       <w:r w:rsidRPr="009C4D25">
@@ -1377,464 +1394,647 @@
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidR="00FE1924">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>2014</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16926577" w14:textId="77777777" w:rsidR="008D7036" w:rsidRDefault="008D7036" w:rsidP="00981F01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>MENTORING</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="241EA5B2" w14:textId="77777777" w:rsidR="001766BC" w:rsidRDefault="001766BC" w:rsidP="001A79A9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Graduate Committee Chair</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D22228D" w14:textId="77777777" w:rsidR="00BF4CAB" w:rsidRDefault="001766BC" w:rsidP="0054195B">
+    <w:p w14:paraId="5E6916E5" w14:textId="77777777" w:rsidR="007E59D1" w:rsidRPr="00045875" w:rsidRDefault="007E59D1" w:rsidP="007E59D1">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Alden Joves</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, PhD, 2025–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A02B95" w14:textId="77777777" w:rsidR="007E59D1" w:rsidRDefault="007E59D1" w:rsidP="007E59D1">
       <w:r w:rsidRPr="004B483C">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ebunoluwa </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Emmanuel Dare</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, PhD, 2023–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB4A52F" w14:textId="77777777" w:rsidR="007E59D1" w:rsidRDefault="007E59D1" w:rsidP="007E59D1">
       <w:r w:rsidRPr="004B483C">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t>Kukoyi</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Ebunoluwa Kukoyi</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, PhD, 2023–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A522349" w14:textId="77777777" w:rsidR="001766BC" w:rsidRDefault="001766BC" w:rsidP="001A79A9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Graduate Committee Member</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20841B86" w14:textId="2085C9D2" w:rsidR="00634B5B" w:rsidRDefault="000F4958" w:rsidP="0054195B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Zahra Shahid</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, PhD, 2025–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B56637" w14:textId="607FC3B7" w:rsidR="002E66E0" w:rsidRDefault="002E66E0" w:rsidP="0054195B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B56340">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Sudam Mane</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD64DA">
+        <w:t xml:space="preserve"> MS,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC77A5">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t>–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C01896" w14:textId="63C608A5" w:rsidR="00CC77A5" w:rsidRDefault="00CC77A5" w:rsidP="0054195B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Nathaniel Axtel</w:t>
+      </w:r>
+      <w:r w:rsidR="00634B5B">
+        <w:t>, PhD, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF49433" w14:textId="05AD32BA" w:rsidR="001766BC" w:rsidRDefault="001766BC" w:rsidP="0054195B">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Laurel Smith</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD64DA">
+        <w:t xml:space="preserve"> MS,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2024–</w:t>
+      </w:r>
+      <w:r w:rsidR="00634B5B">
+        <w:t>2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E632C8" w14:textId="4C638D3E" w:rsidR="001766BC" w:rsidRDefault="001766BC" w:rsidP="0054195B">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Michael Su</w:t>
+      </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00DD64DA">
         <w:t xml:space="preserve"> PhD,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> 2023 – present</w:t>
-[...83 lines deleted...]
-    <w:p w14:paraId="0A36FCB9" w14:textId="242F9C92" w:rsidR="001766BC" w:rsidRDefault="001766BC" w:rsidP="0054195B">
+        <w:t xml:space="preserve"> 2024–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A36FCB9" w14:textId="685323DC" w:rsidR="001766BC" w:rsidRDefault="001766BC" w:rsidP="0054195B">
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>Tyler Kurtz</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DD64DA">
         <w:t xml:space="preserve">PhD, </w:t>
       </w:r>
       <w:r>
-        <w:t>2024 – present</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="569819B2" w14:textId="0CF39118" w:rsidR="001766BC" w:rsidRDefault="001766BC" w:rsidP="0054195B">
+        <w:t>2024–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569819B2" w14:textId="31E0B0C2" w:rsidR="001766BC" w:rsidRDefault="001766BC" w:rsidP="0054195B">
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>Alexis Harper</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DD64DA">
         <w:t xml:space="preserve">PhD, </w:t>
       </w:r>
       <w:r>
-        <w:t>2024 – present</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4A285A78" w14:textId="77777777" w:rsidR="003E7781" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
+        <w:t>2024–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A285A78" w14:textId="0D6E0456" w:rsidR="003E7781" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
       <w:r w:rsidRPr="004B483C">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Amina </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Amina Chollom</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DD64DA">
         <w:t xml:space="preserve">PhD, </w:t>
       </w:r>
       <w:r>
-        <w:t>2023 – present</w:t>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>2023–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067FA65A" w14:textId="7E2CFC1C" w:rsidR="003E7781" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
       <w:r w:rsidRPr="004B483C">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t>Oshira</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Peiris</w:t>
+        <w:t>Oshira Peiris</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DD64DA">
         <w:t xml:space="preserve">PhD, </w:t>
       </w:r>
       <w:r>
-        <w:t>2023 – present</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="42FB826F" w14:textId="3196EFF0" w:rsidR="007C20DA" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
+        <w:t>2023–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42FB826F" w14:textId="48B9DF7B" w:rsidR="007C20DA" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
       <w:r w:rsidRPr="004B483C">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>Clayton Tacker</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DD64DA">
         <w:t xml:space="preserve">PhD, </w:t>
       </w:r>
       <w:r>
-        <w:t>2023 – present</w:t>
+        <w:t>2023–present</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="121ADDF1" w14:textId="7A02C04C" w:rsidR="004B483C" w:rsidRDefault="004B483C" w:rsidP="001A79A9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Research Assistants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07569354" w14:textId="3B769AFF" w:rsidR="00D24AD8" w:rsidRPr="00FD1E37" w:rsidRDefault="00D24AD8" w:rsidP="0054195B">
+    <w:p w14:paraId="23D4305C" w14:textId="77777777" w:rsidR="00D42F8F" w:rsidRPr="005D32C8" w:rsidRDefault="00D42F8F" w:rsidP="00D42F8F">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Haley Eager</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, 2026–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A79C17" w14:textId="50A12FC1" w:rsidR="00E275D7" w:rsidRPr="00E275D7" w:rsidRDefault="00E275D7" w:rsidP="0054195B">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Andrew Whetten</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, 2025–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A5FA105" w14:textId="0C24B715" w:rsidR="00C90657" w:rsidRPr="001E4473" w:rsidRDefault="00C90657" w:rsidP="0054195B">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Maria Castro</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4473">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>-Gonzales</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4473">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53BCD">
+        <w:t>2025–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07569354" w14:textId="5B67DB94" w:rsidR="00D24AD8" w:rsidRPr="00FD1E37" w:rsidRDefault="00D24AD8" w:rsidP="0054195B">
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Kelly Balane</w:t>
       </w:r>
       <w:r w:rsidR="00FD1E37">
         <w:t>, Summer Intern 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BDA1078" w14:textId="74554C21" w:rsidR="007C20DA" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
+    <w:p w14:paraId="4BDA1078" w14:textId="78B4ED6F" w:rsidR="007C20DA" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Colton Dixon</w:t>
       </w:r>
       <w:r>
-        <w:t>, 2025 – present</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0CF656DF" w14:textId="77777777" w:rsidR="007C20DA" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
+        <w:t>, 2025–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF656DF" w14:textId="032C6782" w:rsidR="007C20DA" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
       <w:r w:rsidRPr="004B483C">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Aunika DelHoyo</w:t>
       </w:r>
       <w:r>
-        <w:t>, 2024 – present</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="616F6D1F" w14:textId="77777777" w:rsidR="007C20DA" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
+        <w:t>, 2024–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53BCD">
+        <w:t>2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616F6D1F" w14:textId="5894E298" w:rsidR="007C20DA" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
       <w:r w:rsidRPr="004B483C">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Mary Jenson</w:t>
       </w:r>
       <w:r>
-        <w:t>, 2024 – present</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="469450ED" w14:textId="77777777" w:rsidR="007C20DA" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
+        <w:t>, 2024–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E275D7">
+        <w:t>2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469450ED" w14:textId="5832AE46" w:rsidR="007C20DA" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
       <w:r w:rsidRPr="004B483C">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Easton Cox</w:t>
       </w:r>
       <w:r>
-        <w:t>, 2023 – present</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="02652C1C" w14:textId="77777777" w:rsidR="009322C0" w:rsidRDefault="004B483C" w:rsidP="0054195B">
+        <w:t>, 2023–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02652C1C" w14:textId="66ADD6DF" w:rsidR="009322C0" w:rsidRDefault="004B483C" w:rsidP="0054195B">
       <w:r w:rsidRPr="004B483C">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ebunoluwa </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Ebunoluwa Kukoyi</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, 2023–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="463B2A27" w14:textId="7E1B36FA" w:rsidR="009322C0" w:rsidRDefault="004B483C" w:rsidP="0054195B">
       <w:r w:rsidRPr="004B483C">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t>Kukoyi</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004B483C">
+        <w:t>Emmanuel Dare</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, 2023–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F4FF469" w14:textId="5DD55E19" w:rsidR="007C20DA" w:rsidRDefault="007C20DA" w:rsidP="0054195B">
+      <w:r w:rsidRPr="00382053">
+        <w:rPr>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+        <w:t>Chao Pang</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, 2023–present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6398333C" w14:textId="77777777" w:rsidR="004B483C" w:rsidRDefault="004B483C" w:rsidP="001A79A9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Teaching Assistants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3594A4D4" w14:textId="77777777" w:rsidR="00A92CD5" w:rsidRDefault="00A92CD5" w:rsidP="00A92CD5">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Boone Orton</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Winter 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228428AB" w14:textId="77777777" w:rsidR="00A92CD5" w:rsidRPr="00D62497" w:rsidRDefault="00A92CD5" w:rsidP="00A92CD5">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Conner Prusse</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Winter 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4318DED2" w14:textId="77777777" w:rsidR="00A92CD5" w:rsidRPr="00D62497" w:rsidRDefault="00A92CD5" w:rsidP="00A92CD5">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Harrison Evans</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Winter 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C28E8B2" w14:textId="77777777" w:rsidR="00A92CD5" w:rsidRPr="00D62497" w:rsidRDefault="00A92CD5" w:rsidP="00A92CD5">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Josh Hanosek</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Winter 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3873B64D" w14:textId="77777777" w:rsidR="00A92CD5" w:rsidRPr="00D62497" w:rsidRDefault="00A92CD5" w:rsidP="00A92CD5">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Marin Busselberg</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Winter 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A25864F" w14:textId="77777777" w:rsidR="00A92CD5" w:rsidRPr="00D62497" w:rsidRDefault="00A92CD5" w:rsidP="00A92CD5">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Mark Atwood</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Winter 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C9E527A" w14:textId="77777777" w:rsidR="00A92CD5" w:rsidRPr="00D62497" w:rsidRDefault="00A92CD5" w:rsidP="00A92CD5">
+      <w:r w:rsidRPr="003A4CAB">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t>Emmanuel Dare</w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="4DACDF4D" w14:textId="77777777" w:rsidR="00DD64DA" w:rsidRDefault="00DD64DA" w:rsidP="0054195B">
+        <w:t>Michael Su</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Winter 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="526F09CB" w14:textId="747B5E2F" w:rsidR="00034F32" w:rsidRDefault="00034F32" w:rsidP="0054195B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Christian Garrard</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60C67">
+        <w:t>, Fall 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="686C41C6" w14:textId="7108AA54" w:rsidR="00034F32" w:rsidRDefault="00034F32" w:rsidP="0054195B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Rebekah Stanley</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60C67">
+        <w:t>, Fall 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9418B4" w14:textId="1055C59C" w:rsidR="000772C9" w:rsidRPr="00034F32" w:rsidRDefault="008468EB" w:rsidP="0054195B">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autumn </w:t>
+      </w:r>
+      <w:r w:rsidR="00034F32">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Thomas</w:t>
+      </w:r>
+      <w:r w:rsidR="00034F32">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60C67">
+        <w:t>Fall 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DACDF4D" w14:textId="416AD5AD" w:rsidR="00DD64DA" w:rsidRDefault="00DD64DA" w:rsidP="0054195B">
       <w:r w:rsidRPr="00830253">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>Rachel Thompson</w:t>
       </w:r>
       <w:r>
         <w:t>, Fall 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BFF7AD0" w14:textId="77777777" w:rsidR="00DD64DA" w:rsidRDefault="00DD64DA" w:rsidP="0054195B">
       <w:r w:rsidRPr="00616CC2">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Seth Kelly</w:t>
       </w:r>
       <w:r>
         <w:t>, Fall 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="131788B5" w14:textId="77777777" w:rsidR="00DD64DA" w:rsidRDefault="00DD64DA" w:rsidP="0054195B">
       <w:r w:rsidRPr="00830253">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>Laurel Smith</w:t>
       </w:r>
       <w:r>
         <w:t>, Fall 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E44712" w14:textId="77777777" w:rsidR="00DD64DA" w:rsidRDefault="00DD64DA" w:rsidP="0054195B">
+    <w:p w14:paraId="08E44712" w14:textId="0B849D5B" w:rsidR="00DD64DA" w:rsidRDefault="00DD64DA" w:rsidP="0054195B">
       <w:r w:rsidRPr="008C6801">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Catie White</w:t>
       </w:r>
       <w:r>
         <w:t>, Fall 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00767BE1">
+        <w:t>, Fall 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="388743AC" w14:textId="77777777" w:rsidR="00DD64DA" w:rsidRPr="00295766" w:rsidRDefault="00DD64DA" w:rsidP="0054195B">
       <w:r w:rsidRPr="00830253">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>Megan Aichele</w:t>
       </w:r>
       <w:r>
         <w:t>, Fall 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="397D8916" w14:textId="77777777" w:rsidR="009322C0" w:rsidRDefault="004B483C" w:rsidP="0054195B">
       <w:r w:rsidRPr="004B483C">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>Chao Pang</w:t>
       </w:r>
       <w:r>
         <w:t>, Fall 2023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33362950" w14:textId="77777777" w:rsidR="009322C0" w:rsidRDefault="004B483C" w:rsidP="0054195B">
       <w:r w:rsidRPr="00AF4E0D">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Ian Atkins</w:t>
       </w:r>
       <w:r w:rsidR="004F226D">
         <w:t>, Fall 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="267A2E37" w14:textId="77777777" w:rsidR="009322C0" w:rsidRDefault="004F226D" w:rsidP="0054195B">
+    <w:p w14:paraId="267A2E37" w14:textId="72315F03" w:rsidR="009322C0" w:rsidRDefault="004F226D" w:rsidP="0054195B">
       <w:r w:rsidRPr="00AF4E0D">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Harrison Moore</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2023</w:t>
+      <w:r w:rsidR="00D46935">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Fall 2023</w:t>
       </w:r>
       <w:r w:rsidR="003958F1">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00FD0921">
         <w:t>nominated for Garth L. Lee Undergraduate Teaching Award</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="786D3779" w14:textId="3CD5F6BF" w:rsidR="00712619" w:rsidRPr="00063AB6" w:rsidRDefault="00BB1CB8" w:rsidP="00981F01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>SCHOLARSHIP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D71A639" w14:textId="77777777" w:rsidR="00A57FE5" w:rsidRDefault="002C3C8D" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="007B6E77">
         <w:t>Explanation</w:t>
       </w:r>
       <w:r w:rsidRPr="00A57FE5">
         <w:t xml:space="preserve"> </w:t>
@@ -1866,369 +2066,311 @@
       </w:r>
       <w:r w:rsidR="004D7358">
         <w:t xml:space="preserve">usually </w:t>
       </w:r>
       <w:r w:rsidR="009329EF">
         <w:t>the p</w:t>
       </w:r>
       <w:r w:rsidR="00124F69">
         <w:t>rincipal investigator</w:t>
       </w:r>
       <w:r w:rsidR="00B021FD">
         <w:t xml:space="preserve"> (faculty)</w:t>
       </w:r>
       <w:r w:rsidR="009329EF">
         <w:t xml:space="preserve"> who supervised and directed</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ECFC8F9" w14:textId="79038BDC" w:rsidR="00D41C65" w:rsidRPr="00D41C65" w:rsidRDefault="00F82002" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="007B6E77">
         <w:t>Publications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DDFB47" w14:textId="53BD9F2B" w:rsidR="00E1665D" w:rsidRDefault="00E1665D" w:rsidP="00F979F5">
+    <w:p w14:paraId="2390D2A8" w14:textId="7B3DD6F7" w:rsidR="00D72467" w:rsidRDefault="00D72467" w:rsidP="00E542A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
+      <w:r w:rsidRPr="00E12B61">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Mane, S. S.;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E12B61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E12B61">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dearden, D. V.; </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00E12B61">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E542A4" w:rsidRPr="00E542A4">
+        <w:t>Cyclic IMS-MS Reveals Protonation-Site Preservation in Isobaric Fragments of Quizartinib Protomers via Charge-Remote Fragmentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E12B61">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E542A4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>J. Am. Soc. Mass Spectrom.</w:t>
+      </w:r>
+      <w:r w:rsidR="008848D8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008848D8" w:rsidRPr="008848D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="008848D8" w:rsidRPr="008848D8">
+        <w:t xml:space="preserve">, jasms.5c00221. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="008848D8" w:rsidRPr="008848D8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1021/jasms.5c00221</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008848D8" w:rsidRPr="008848D8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712D2507" w14:textId="36061C2D" w:rsidR="003D4B5E" w:rsidRPr="005B1B93" w:rsidRDefault="00727094" w:rsidP="003D4B5E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008C004F">
+        <w:rPr>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+        <w:t>Pang, C.;</w:t>
+      </w:r>
+      <w:r w:rsidR="003D4B5E">
+        <w:rPr>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4B5E" w:rsidRPr="003D4B5E">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Castro-Gonzales, M. F.;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C004F">
+        <w:rPr>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C004F">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DelHoyo, A. E.; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
-[...10 lines deleted...]
-        </w:rPr>
+        <w:t>Lee, K. W.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007606E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AC4697" w:rsidRPr="00AC4697">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00AC4697">
+      <w:r w:rsidR="003D4B5E" w:rsidRPr="003D4B5E">
+        <w:t xml:space="preserve">Noncovalent Crown Ether–Assisted Separation of Stereoisomeric Glycosphingosines Using Cyclic Ion Mobility Spectrometry. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4B5E" w:rsidRPr="003D4B5E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">J. Am. Soc. Mass </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AC4697">
+        <w:t>Anal Bioanal Chem</w:t>
+      </w:r>
+      <w:r w:rsidR="003D4B5E" w:rsidRPr="003D4B5E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4B5E" w:rsidRPr="003D4B5E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="003D4B5E" w:rsidRPr="003D4B5E">
+        <w:t xml:space="preserve">, 1–10. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="003D4B5E" w:rsidRPr="003D4B5E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1007/s00216-025-06186-3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003D4B5E" w:rsidRPr="003D4B5E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FE25F91" w14:textId="04DA3FAE" w:rsidR="005B1B93" w:rsidRPr="00C208F5" w:rsidRDefault="005B1B93" w:rsidP="000B7602">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005B1B93">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mane, S. S.; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B1B93">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cox, E. K.; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B1B93">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Lee, K. W.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B1B93">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B1B93">
+        <w:t xml:space="preserve">Space Charge Induced Dissociation Due to Extended Ion Accumulation Preceding Cyclic Ion Mobility Separation. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B1B93">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Spectrom</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AC4697">
+        <w:t>J. Am. Soc. Mass Spectrom.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B1B93">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B1B93">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B1B93">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="005B1B93">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1021/jasms.5c00227</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005B1B93">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CCA18ED" w14:textId="40B70F2E" w:rsidR="008C79AB" w:rsidRPr="008C79AB" w:rsidRDefault="007A4CCF" w:rsidP="008C79AB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C004F">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kukoyi, E. O.; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C004F">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Lee, K. W.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A4CCF">
+        <w:t xml:space="preserve"> Characterization of PFAS Binding Effects on Protein Structure Using Collision-Induced Unfolding</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902F24">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E12B61">
+        <w:t>Chem. Res. Toxicol.</w:t>
+      </w:r>
+      <w:r w:rsidR="00902F24">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B747B2">
+      <w:r w:rsidR="008C79AB" w:rsidRPr="008C79AB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Under</w:t>
-[...244 lines deleted...]
-        </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidR="008C79AB" w:rsidRPr="008C79AB">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="008C79AB" w:rsidRPr="008C79AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/acs.chemrestox.5c00183</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00902F24" w:rsidRPr="00805CFF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C6631B2" w14:textId="6A33B596" w:rsidR="00E12B61" w:rsidRPr="00E12B61" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>Mane, S. S.;</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
@@ -2242,82 +2384,66 @@
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve">Dearden, D. V.; </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve">Differentiating Isomeric Urea Derivatives by Cyclic Ion Mobility–Mass Spectrometry, Host–Guest Chemistry, and Tandem Mass Spectrometry. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">J. Am. Soc. Mass </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>J. Am. Soc. Mass Spectrom.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00E12B61">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/jasms.5c00062</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E12B61">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C014729" w14:textId="35D22CAF" w:rsidR="00E12B61" w:rsidRPr="00E12B61" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>Mane, S. S.;</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2325,454 +2451,367 @@
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Cox, E. K.; Warner, C. D.; </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve">Dearden, D. V.; </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
-        <w:t xml:space="preserve">Cyclic IMS-MS Evidence for Potential Ring Opening in </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Cyclodextrins. </w:t>
+        <w:t xml:space="preserve">Cyclic IMS-MS Evidence for Potential Ring Opening in Collisionally Activated Sodiated Cyclodextrins. </w:t>
       </w:r>
       <w:r w:rsidR="00FF73B9" w:rsidRPr="00FF73B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Int. J. Mass </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00FF73B9" w:rsidRPr="00FF73B9">
+        <w:t>Int. J. Mass Spectrom.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF73B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Spectrom</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve">, 117444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00E12B61">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.ijms.2025.117444</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E12B61">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16EA889B" w14:textId="358107FE" w:rsidR="00E12B61" w:rsidRPr="00E12B61" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>Mane, S. S.;</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve">Dearden, D. V.; </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve"> Identifying and Quantifying Relative Concentrations of Epimers in Mixtures via Cyclic Ion Mobility Mass Spectrometry: Dexamethasone and Betamethasone as a Case Study. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">J. Am. Soc. Mass </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>J. Am. Soc. Mass Spectrom.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E12B61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E12B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E12B61">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Spectrom</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>35</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve"> (10), 2458–2464. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00E12B61">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/jasms.4c00258</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E12B61">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A5FE144" w14:textId="5A7A5D6D" w:rsidR="00E12B61" w:rsidRPr="00E12B61" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve">Anderson, T. K.; Hoferle, P. J.; Chojnacki, K. J.; </w:t>
       </w:r>
       <w:r w:rsidRPr="00454888">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.;</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
-        <w:t xml:space="preserve">Coon, J. J.; </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, R. N. An Alphacoronavirus Polymerase Structure Reveals Conserved Replication Factor Functions. </w:t>
+        <w:t xml:space="preserve">Coon, J. J.; Kirchdoerfer, R. N. An Alphacoronavirus Polymerase Structure Reveals Conserved Replication Factor Functions. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Nucleic Acids Res</w:t>
       </w:r>
       <w:r w:rsidR="00FF73B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>52</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve"> (10), 5975–5986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00E12B61">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.1093/nar/gkae153</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E12B61">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D5DBA48" w14:textId="77777777" w:rsidR="00E12B61" w:rsidRPr="00E12B61" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E12B61">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Peters-Clarke, T. M.; </w:t>
       </w:r>
       <w:r w:rsidRPr="00E316E3">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">Liang, Y.; </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve">Mertz, K. L.; </w:t>
       </w:r>
       <w:r w:rsidRPr="00454888">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.;</w:t>
       </w:r>
       <w:r w:rsidRPr="00454888">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
-        <w:t xml:space="preserve">Westphall, M. S.; Hinkle, J. D.; McAlister, G. C.; </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, J. E. P.; </w:t>
+        <w:t xml:space="preserve">Westphall, M. S.; Hinkle, J. D.; McAlister, G. C.; Syka, J. E. P.; </w:t>
       </w:r>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve">Kelly, R. T.; </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve">Coon, J. J. Boosting the Sensitivity of Quantitative Single-Cell Proteomics with Infrared-Tandem Mass Tags. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>J. Proteome Res.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00E12B61">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/acs.jproteome.4c00076</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E12B61">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66020D13" w14:textId="74C104AB" w:rsidR="00E12B61" w:rsidRPr="00E12B61" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve">Westphall, M. S.; </w:t>
       </w:r>
       <w:r w:rsidRPr="00454888">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.;</w:t>
       </w:r>
       <w:r w:rsidRPr="00454888">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
-        <w:t xml:space="preserve">Salome, A. Z.; Coon, J. J.; Grant, T. Mass Spectrometers as </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Grid Preparation Instruments. </w:t>
+        <w:t xml:space="preserve">Salome, A. Z.; Coon, J. J.; Grant, T. Mass Spectrometers as cryoEM Grid Preparation Instruments. </w:t>
       </w:r>
       <w:r w:rsidR="00D01651" w:rsidRPr="00D01651">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Curr. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D01651" w:rsidRPr="00D01651">
+        <w:t>Curr. Opin. Struct. Biol.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01651">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Opin</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D01651" w:rsidRPr="00D01651">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E12B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E12B61">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>. Struct. Biol.</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>83</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve">, 102699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00E12B61">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.sbi.2023.102699</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E12B61">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14165756" w14:textId="4575C571" w:rsidR="00E12B61" w:rsidRPr="00E12B61" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve">Westphall, M. S.; </w:t>
       </w:r>
       <w:r w:rsidR="00454888" w:rsidRPr="00454888">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.;</w:t>
@@ -2794,739 +2833,601 @@
         <w:t>Anal. Chem.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>95</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12B61">
         <w:t xml:space="preserve"> (40), 15094–15101. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00E12B61">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/acs.analchem.3c03228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E12B61">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF6431A" w14:textId="77777777" w:rsidR="00E12B61" w:rsidRPr="0048618D" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee, K. W.; Salome, A. Z.; Westphall, M. S.; Grant, T.; Coon, J. J. Onto Grid Purification and 3D Reconstruction of Protein Complexes Using Matrix-Landing Native Mass Spectrometry. J. Proteome Res. 2023, 22 (3), 851–856. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/acs.jproteome.2c00595</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C858B2" w14:textId="77777777" w:rsidR="00E12B61" w:rsidRPr="0048618D" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t xml:space="preserve">Salome, A. Z.; Lee, K. W.; Grant, T.; Westphall, M. S.; Coon, J. J. Matrix-Landing Mass Spectrometry for Electron Microscopy Imaging of Native Protein Complexes. Anal. Chem. 2022, 94 (50), 17616–17624. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/acs.analchem.2c04263</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F9CFAF7" w14:textId="77777777" w:rsidR="00E12B61" w:rsidRPr="0048618D" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t xml:space="preserve">Westphall, M. S.; Lee, K. W.; Salome, A. Z.; Lodge, J. M.; Grant, T.; Coon, J. J. Three-Dimensional Structure Determination of Protein Complexes Using Matrix-Landing Mass Spectrometry. Nat. Commun. 2022, 13 (1), 2276. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1038/s41467-022-29964-4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D4E0354" w14:textId="77777777" w:rsidR="00E12B61" w:rsidRPr="0048618D" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...30 lines deleted...]
-      <w:hyperlink r:id="rId19" w:history="1">
+        <w:t xml:space="preserve">Chao, H.-C.; Lee, K. W.; Shih, M.; McLuckey, S. A. Characterization of Homopolymer Distributions via Direct Infusion ESI-MS/MS Using Wide Mass-to-Charge Windows and Gas-Phase Ion/Ion Reactions. J. Am. Soc. Mass Spectrom. 2022, 33 (4), 704–713. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/jasms.2c00001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F10FB05" w14:textId="77777777" w:rsidR="00E12B61" w:rsidRPr="0048618D" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lee, K. W.; Peters-Clarke, T. M.; Mertz, K. L.; McAlister, G. C.; </w:t>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId20" w:history="1">
+        <w:t xml:space="preserve">Lee, K. W.; Peters-Clarke, T. M.; Mertz, K. L.; McAlister, G. C.; Syka, J. E. P.; Westphall, M. S.; Coon, J. J. Infrared Photoactivation Boosts Reporter Ion Yield in Isobaric Tagging. Anal. Chem. 2022, 94 (7), 3328–3334. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/acs.analchem.1c05398</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2473DD99" w14:textId="77777777" w:rsidR="00E12B61" w:rsidRPr="0048618D" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pitts-McCoy, A. M.; Abdillahi, A. M.; Lee, K. W.; </w:t>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId21" w:history="1">
+        <w:t xml:space="preserve">Pitts-McCoy, A. M.; Abdillahi, A. M.; Lee, K. W.; McLuckey, S. A. Multiply Charged Cation Attachment to Facilitate Mass Measurement in Negative-Mode Native Mass Spectrometry. Anal. Chem. 2022, 94 (4), 2220–2226. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/acs.analchem.1c04875</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D0AF2FE" w14:textId="77777777" w:rsidR="00E12B61" w:rsidRPr="0048618D" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t xml:space="preserve">Abdillahi, A. M.; Lee, K. W.; </w:t>
-[...29 lines deleted...]
-      <w:hyperlink r:id="rId22" w:history="1">
+        <w:t xml:space="preserve">Abdillahi, A. M.; Lee, K. W.; McLuckey, S. A. Mass Analysis of Macro-Molecular Analytes via Multiply-Charged Ion Attachment. Anal. Chem. 2020, 92 (24), 16301–16306. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/acs.analchem.0c04335</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ADED619" w14:textId="77777777" w:rsidR="00E12B61" w:rsidRPr="0048618D" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lee, K. W.; Harrilal, C. P.; Fu, L.; Eakins, G. S.; </w:t>
-[...29 lines deleted...]
-      <w:hyperlink r:id="rId23" w:history="1">
+        <w:t xml:space="preserve">Lee, K. W.; Harrilal, C. P.; Fu, L.; Eakins, G. S.; McLuckey, S. A. Digital Ion Trap Mass Analysis of High Mass Protein Complexes Using IR Activation Coupled with Ion/Ion Reactions. Int. J. Mass Spectrom. 2020, 458, 116437. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.ijms.2020.116437</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B17EBCC" w14:textId="77777777" w:rsidR="00E12B61" w:rsidRPr="0048618D" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lee, K. W.; Eakins, G. S.; Carlsen, M. S.; </w:t>
-[...29 lines deleted...]
-      <w:hyperlink r:id="rId24" w:history="1">
+        <w:t xml:space="preserve">Lee, K. W.; Eakins, G. S.; Carlsen, M. S.; McLuckey, S. A. Ion Trap Operational Modes for Ion/Ion Reactions Yielding High Mass-to-Charge Product Ions. Int. J. Mass Spectrom. 2020, 451, 116313. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.ijms.2020.116313</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5075AE8F" w14:textId="77777777" w:rsidR="00E12B61" w:rsidRPr="0048618D" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t xml:space="preserve">Foreman, D. J.; Bhanot, J. S.; Lee, K. W.; </w:t>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId25" w:history="1">
+        <w:t xml:space="preserve">Foreman, D. J.; Bhanot, J. S.; Lee, K. W.; McLuckey, S. A. Valet Parking for Protein Ion Charge State Concentration: Ion/Molecule Reactions in Linear Ion Traps. Anal. Chem. 2020, 92 (7), 5419–5425. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/acs.analchem.0c00146</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E325279" w14:textId="77777777" w:rsidR="00E12B61" w:rsidRPr="0048618D" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lee, K. W.; Eakins, G. S.; Carlsen, M. S.; </w:t>
-[...29 lines deleted...]
-      <w:hyperlink r:id="rId26" w:history="1">
+        <w:t xml:space="preserve">Lee, K. W.; Eakins, G. S.; Carlsen, M. S.; McLuckey, S. A. Increasing the Upper Mass/Charge Limit of a Quadrupole Ion Trap for Ion/Ion Reaction Product Analysis via Waveform Switching. J. Am. Soc. Mass Spectrom. 2019, 30 (6), 1126–1132. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/s13361-019-02156-z</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="452B5C19" w14:textId="6FBDB957" w:rsidR="00E12B61" w:rsidRPr="0048618D" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t xml:space="preserve">Johnson, J. T.; Lee, K. W.; Bhanot, J. S.; </w:t>
-[...29 lines deleted...]
-      <w:hyperlink r:id="rId27" w:history="1">
+        <w:t xml:space="preserve">Johnson, J. T.; Lee, K. W.; Bhanot, J. S.; McLuckey, S. A. A Miniaturized Fourier Transform Electrostatic Linear Ion Trap Mass Spectrometer: Mass Range and Resolution. J. Am. Soc. Mass Spectrom. 2019, 30 (4), 588–594. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/s13361-018-02126-x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CECA156" w14:textId="6A92639E" w:rsidR="00E12B61" w:rsidRPr="0048618D" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dziekonski, E. T.; Johnson, J. T.; Lee, K. W.; </w:t>
-[...29 lines deleted...]
-      <w:hyperlink r:id="rId28" w:history="1">
+        <w:t xml:space="preserve">Dziekonski, E. T.; Johnson, J. T.; Lee, K. W.; McLuckey, S. A. Determination of Collision Cross Sections Using a Fourier Transform Electrostatic Linear Ion Trap Mass Spectrometer. J. Am. Soc. Mass Spectrom. 2018, 29 (2), 242–250. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/s13361-017-1720-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CB23300" w14:textId="65C75707" w:rsidR="00E12B61" w:rsidRPr="0054195B" w:rsidRDefault="00E12B61" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dziekonski, E. T.; Johnson, J. T.; Lee, K. W.; </w:t>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId29" w:history="1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Dziekonski, E. T.; Johnson, J. T.; Lee, K. W.; McLuckey, S. A. Fourier-Transform MS and Closed-Path Multireflection Time-of-Flight MS Using an Electrostatic Linear Ion Trap. Anal. Chem. 2017, 89 (20), 10965–10972. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="0048618D">
           <w:rPr>
             <w:rStyle w:val="Past"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/acs.analchem.7b02797</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0048618D">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="723EE166" w14:textId="3F2A9260" w:rsidR="00F028B2" w:rsidRPr="00F028B2" w:rsidRDefault="00BC0320" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Presentations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="348A2FF8" w14:textId="77777777" w:rsidR="008C004F" w:rsidRPr="008C004F" w:rsidRDefault="008C004F" w:rsidP="001A79A9">
+    <w:p w14:paraId="73F91DA8" w14:textId="77777777" w:rsidR="00A3393F" w:rsidRPr="00FD0A86" w:rsidRDefault="00A3393F" w:rsidP="00A3393F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="008C004F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008C004F">
+      <w:r w:rsidRPr="00FD0A86">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">DelHoyo, A. E.; </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008C004F">
+        <w:t>Dixon, C. G.;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0A86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0A86">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Dare, E.;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0A86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0A86">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00FD0A86">
+        <w:t xml:space="preserve"> Characterizing the Oligomeric Composition of Insulin Under Varying Solution Compositions Using Ion Mobility Mass Spectrometry. Presented at the BYU Student Research Conference, Provo, UT. February 2026; Oral.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F3A4B4" w14:textId="77777777" w:rsidR="00A3393F" w:rsidRPr="00FD0A86" w:rsidRDefault="00A3393F" w:rsidP="00A3393F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0A86">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Freeman, E.; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0A86">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Kukoyi, E. O.;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0A86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0A86">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Lee, K. W.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0A86">
+        <w:t xml:space="preserve"> Characterization of Per- and Poly-Fluoroalkyl Substance Binding Specificity to Biologically Significant Proteins. Presented at the BYU Student Research Conference, Provo, UT. February 2026; Oral.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C024BCE" w14:textId="77777777" w:rsidR="00A3393F" w:rsidRPr="00FD0A86" w:rsidRDefault="00A3393F" w:rsidP="00A3393F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0A86">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Cox, E. K.;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0A86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0A86">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Lee, K. W.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0A86">
+        <w:t xml:space="preserve"> Characterizing the Oligomeric Composition of Insulin Under Varying Solution Compositions Using Ion Mobility Mass Spectrometry. Presented at the BYU Student Research Conference, Provo, UT. February 2026; Oral.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A95B55C" w14:textId="071A38BA" w:rsidR="00F930DB" w:rsidRPr="00F930DB" w:rsidRDefault="004818C6" w:rsidP="00F930DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008C004F">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kukoyi, E. O.; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C004F">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Lee, K. W.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C004F">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F930DB" w:rsidRPr="00F930DB">
+        <w:t>Characterizing the Effects of PFAS Binding on Protein Structure and Stability. Presented at the 2025 Rocky Mountain Regional Meeting, Albuquerque, NM. October 2025; Oral.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="348A2FF8" w14:textId="77777777" w:rsidR="008C004F" w:rsidRPr="008C004F" w:rsidRDefault="008C004F" w:rsidP="001A79A9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008C004F">
+        <w:rPr>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pang, C.; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C004F">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DelHoyo, A. E.; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C004F">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Lee, K. W.</w:t>
+      </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:t>Single-Mixture Analysis of Glycosphingolipid Anomers and Epimers Using Crown Ether Complexation and Cyclic Ion Mobility–Mass Spectrometry. Presented at the 73rd ASMS Conference on Mass Spectrometry and Allied Topics, Baltimore, MD. June 2025; Poster.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BB28685" w14:textId="77777777" w:rsidR="008C004F" w:rsidRPr="008C004F" w:rsidRDefault="008C004F" w:rsidP="001A79A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mane, S. S.; </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve">Dearden, D. V.; </w:t>
@@ -3595,115 +3496,98 @@
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:t>Characterizing Insulin Aggregation Using Cyclic Ion Mobility–Mass Spectrometry. Presented at the 73rd ASMS Conference on Mass Spectrometry and Allied Topics, Baltimore, MD. June 2025; Poster.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7696A282" w14:textId="77777777" w:rsidR="008C004F" w:rsidRPr="008C004F" w:rsidRDefault="008C004F" w:rsidP="001A79A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Lee, K. W.</w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:t>Addressing Limitations in Cyclic Ion Mobility Spectrometry Separations of Isomers Using Non-Covalent Complexation. Presented at the 73rd ASMS Conference on Mass Spectrometry and Allied Topics, Baltimore, MD. June 2025; Poster.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74E3731F" w14:textId="77777777" w:rsidR="008C004F" w:rsidRPr="008C004F" w:rsidRDefault="008C004F" w:rsidP="001A79A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t>Kukoyi</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, E. O.; </w:t>
+        <w:t xml:space="preserve">Kukoyi, E. O.; </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:t>Characterizing the Effects of PFAS Binding on Protein Structure and Stability. Presented at the 73rd ASMS Conference on Mass Spectrometry and Allied Topics, Baltimore, MD. June 2025; Poster.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BD8A1B5" w14:textId="77777777" w:rsidR="008C004F" w:rsidRPr="008C004F" w:rsidRDefault="008C004F" w:rsidP="001A79A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t>Kukoyi</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, E. O.; </w:t>
+        <w:t xml:space="preserve">Kukoyi, E. O.; </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:t>Conformation and Stability Effects of PFAS on Ubiquitin Measured with Ion Mobility and Collision-Induced Unfolding. Presented at the BYU Student Research Conference, Provo, UT. March 2025; Oral.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BBBE5A7" w14:textId="77777777" w:rsidR="008C004F" w:rsidRPr="008C004F" w:rsidRDefault="008C004F" w:rsidP="001A79A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="EE0000"/>
@@ -3768,59 +3652,51 @@
     </w:p>
     <w:p w14:paraId="2EAC35B4" w14:textId="77777777" w:rsidR="008C004F" w:rsidRPr="008C004F" w:rsidRDefault="008C004F" w:rsidP="001A79A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">Dare, E.; </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
-        <w:t>Investigating Insulin Aggregation Using Cyclic Ion Mobility Mass Spectrometry (</w:t>
-[...7 lines deleted...]
-        <w:t>-MS). Presented at the BYU Student Research Conference, Provo, UT. March 2025; Oral.</w:t>
+        <w:t>Investigating Insulin Aggregation Using Cyclic Ion Mobility Mass Spectrometry (cIM-MS). Presented at the BYU Student Research Conference, Provo, UT. March 2025; Oral.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="320871B5" w14:textId="77777777" w:rsidR="008C004F" w:rsidRPr="008C004F" w:rsidRDefault="008C004F" w:rsidP="001A79A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Cox, E. K.; </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3836,302 +3712,364 @@
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mane, S. S.; </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve">Dearden, D. V.; </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C004F">
-        <w:t>Differentiating Isomeric Urea Derivatives by Cyclic Ion Mobility Mass Spectrometry and Tandem Mass Spectrometry. Presented at the 38th ASMS Asilomar Conference on New Frontiers in Ion Mobility-Mass Spectrometry from Applications to Instrumentation, Pacific Grove, CA. October 2024; Oral.</w:t>
+        <w:t xml:space="preserve">Differentiating Isomeric Urea Derivatives by Cyclic Ion Mobility Mass Spectrometry and Tandem Mass Spectrometry. Presented at the 38th ASMS Asilomar Conference on New </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C004F">
+        <w:lastRenderedPageBreak/>
+        <w:t>Frontiers in Ion Mobility-Mass Spectrometry from Applications to Instrumentation, Pacific Grove, CA. October 2024; Oral.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47490D1A" w14:textId="77777777" w:rsidR="008C004F" w:rsidRPr="008C004F" w:rsidRDefault="008C004F" w:rsidP="001A79A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>Lee, K. W.; Salome, A. Z.; Westphall, M. S.; Grant, T.; Coon, J. J. Structural Analysis of Manipulated and Landed Protein Complexes. Presented at the 70th ASMS Conference on Mass Spectrometry and Allied Topics, Minneapolis, MN. June 2022; Oral.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0894E203" w14:textId="77777777" w:rsidR="008C004F" w:rsidRPr="008C004F" w:rsidRDefault="008C004F" w:rsidP="001A79A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>Lee, K. W.; Salome, A. Z.; Lodge, J. M.; Grant, T.; Westphall, M. S.; Coon, J. J. Probing Structure of Soft-Landed Protein Complexes: Merging Native MS with TEM. Presented at the 69th ASMS Conference on Mass Spectrometry and Allied Topics, Philadelphia, PA. November 2021; Oral.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27BA32F2" w14:textId="77777777" w:rsidR="008C004F" w:rsidRPr="008C004F" w:rsidRDefault="008C004F" w:rsidP="001A79A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lee, K. W.; Harrilal, C. P.; Fu, L.; Eakins, G. S.; </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Lee, K. W.; Harrilal, C. P.; Fu, L.; Eakins, G. S.; McLuckey, S. A. Improving Mass Measurements of Protein Complexes through IR Activation Coupled with Charge Reduction Ion/Ion Reactions. Presented at the 68th ASMS Conference on Mass Spectrometry and Allied Topics, Online Reboot. June 2020; Oral.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="475834B4" w14:textId="2A60168C" w:rsidR="008C004F" w:rsidRPr="008C004F" w:rsidRDefault="008C004F" w:rsidP="001A79A9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
       <w:r w:rsidRPr="008C004F">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t>McLuckey</w:t>
-[...31 lines deleted...]
-        <w:t>, S. A. Increasing the Mass Range of Ion-Ion Reactions in a Quadrupole Ion Trap with Waveform Switching. Presented at the 67th ASMS Conference on Mass Spectrometry and Allied Topics, Atlanta, GA. June 2019; Poster.</w:t>
+        <w:t>Lee, K. W.; Eakins, G. S.; Carlsen, M. S.; McLuckey, S. A. Increasing the Mass Range of Ion-Ion Reactions in a Quadrupole Ion Trap with Waveform Switching. Presented at the 67th ASMS Conference on Mass Spectrometry and Allied Topics, Atlanta, GA. June 2019; Poster.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C701648" w14:textId="6C17CE90" w:rsidR="009834A0" w:rsidRDefault="00E96238" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Unfunded </w:t>
       </w:r>
       <w:r w:rsidR="00FF3AFD" w:rsidRPr="00FF3AFD">
         <w:t>Grants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E47AC7" w14:textId="66E6797E" w:rsidR="00FF3AFD" w:rsidRDefault="0043408F" w:rsidP="0054195B">
+    <w:p w14:paraId="2BB70346" w14:textId="30555386" w:rsidR="00814310" w:rsidRPr="0039248A" w:rsidRDefault="00DD6D38" w:rsidP="00814310">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6D38">
+        <w:t>Simultaneous Separation, Identification, and Quantification of Lipid Isomers using Non-Covalent Chemistry-Based Enhancement of Tandem Ion Mobility-Mass Spectrometry</w:t>
+      </w:r>
+      <w:r w:rsidR="00814310" w:rsidRPr="0039248A">
+        <w:t>. 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04CFE">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00814310" w:rsidRPr="0039248A">
+        <w:t xml:space="preserve">. PI: </w:t>
+      </w:r>
+      <w:r w:rsidR="00814310" w:rsidRPr="0039248A">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Lee, K. W.</w:t>
+      </w:r>
+      <w:r w:rsidR="00814310" w:rsidRPr="0039248A">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00814310" w:rsidRPr="0039248A">
+        <w:t>National Institutes of Health. $</w:t>
+      </w:r>
+      <w:r w:rsidR="004268B4" w:rsidRPr="004268B4">
+        <w:t>2,032,881</w:t>
+      </w:r>
+      <w:r w:rsidR="00814310" w:rsidRPr="0039248A">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00417814" w:rsidRPr="004139E4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>Assigned to study section</w:t>
+      </w:r>
+      <w:r w:rsidR="00C13F03">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for review April 2, 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00814310" w:rsidRPr="004139E4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61E47AC7" w14:textId="242AD1B9" w:rsidR="00FF3AFD" w:rsidRDefault="0043408F" w:rsidP="0054195B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043408F">
         <w:t>CAREER: Enabling Complete Proteoform Separation and Identification via Gas-Phase Chemistry Enhancement of Ion Mobility-Mass Spectrometry Resolution</w:t>
       </w:r>
       <w:r w:rsidR="00482437">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00D114F5">
         <w:t xml:space="preserve">2025. </w:t>
       </w:r>
       <w:r w:rsidR="00EB32E0">
         <w:t xml:space="preserve">PI: </w:t>
       </w:r>
       <w:r w:rsidR="00CB2D0E" w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
       <w:r w:rsidR="00CB2D0E" w:rsidRPr="008C004F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D340AD">
         <w:t>National Science Foundation.</w:t>
       </w:r>
       <w:r w:rsidR="00404986">
         <w:t xml:space="preserve"> $</w:t>
       </w:r>
       <w:r w:rsidR="00E75D24">
         <w:t>685,295.</w:t>
       </w:r>
       <w:r w:rsidR="00113678">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DC0EA7" w:rsidRPr="0039248A">
-[...2 lines deleted...]
-      <w:r w:rsidR="00113678">
+      <w:r w:rsidR="00A26DC7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t>Pending</w:t>
+      </w:r>
+      <w:r w:rsidR="00113678" w:rsidRPr="004139E4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F36742" w14:textId="6660B591" w:rsidR="00800687" w:rsidRPr="0039248A" w:rsidRDefault="00E54619" w:rsidP="0054195B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039248A">
         <w:t xml:space="preserve">Separation of intact proteoforms via gas-phase ion/ion chemistry coupled to cyclic ion mobility-mass spectrometry. 2025. PI: </w:t>
       </w:r>
       <w:r w:rsidR="00CB2D0E" w:rsidRPr="0039248A">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
       <w:r w:rsidR="00CB2D0E" w:rsidRPr="0039248A">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A676AB" w:rsidRPr="0039248A">
         <w:t>National Institutes of Health. $</w:t>
       </w:r>
       <w:r w:rsidR="00D165AD" w:rsidRPr="0039248A">
         <w:t xml:space="preserve">275,000. </w:t>
       </w:r>
-      <w:r w:rsidR="00EE6FF1" w:rsidRPr="0039248A">
-[...11 lines deleted...]
-      <w:r w:rsidR="00741958" w:rsidRPr="0039248A">
+      <w:r w:rsidR="00EE6FF1" w:rsidRPr="004139E4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7D8357D0" w14:textId="53FA91E6" w:rsidR="00F02103" w:rsidRPr="0039248A" w:rsidRDefault="00F02103" w:rsidP="0054195B">
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00741958" w:rsidRPr="004139E4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ot </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6FF1" w:rsidRPr="004139E4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00741958" w:rsidRPr="004139E4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>iscussed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D8357D0" w14:textId="10B9CDB3" w:rsidR="00F02103" w:rsidRPr="001C1AE5" w:rsidRDefault="00F02103" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="0039248A">
         <w:t>Characterizing the Dynamic Biomolecular Conformational Landscape using Mass Spectrometry-Based Structural Biology</w:t>
       </w:r>
       <w:r w:rsidR="000D2727" w:rsidRPr="0039248A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0039248A">
         <w:t xml:space="preserve"> 2024</w:t>
       </w:r>
       <w:r w:rsidR="001D699D" w:rsidRPr="0039248A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BB6B4C" w:rsidRPr="0039248A">
         <w:t xml:space="preserve"> PI: </w:t>
       </w:r>
       <w:r w:rsidR="00CB2D0E" w:rsidRPr="0039248A">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Lee, K. W.</w:t>
       </w:r>
       <w:r w:rsidR="00CB2D0E" w:rsidRPr="0039248A">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB6B4C" w:rsidRPr="0039248A">
         <w:t xml:space="preserve">National Institutes of Health. </w:t>
       </w:r>
       <w:r w:rsidR="006079CA" w:rsidRPr="0039248A">
-        <w:t xml:space="preserve">$1,862,645. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE6FF1" w:rsidRPr="0039248A">
+        <w:t>$1,862,645.</w:t>
+      </w:r>
+      <w:r w:rsidR="00113F86">
+        <w:t xml:space="preserve"> Impact Score: 63</w:t>
+      </w:r>
+      <w:r w:rsidR="006079CA" w:rsidRPr="0039248A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6FF1" w:rsidRPr="004139E4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>Council Review Completed</w:t>
       </w:r>
-      <w:r w:rsidR="0039248A" w:rsidRPr="0039248A">
+      <w:r w:rsidR="0039248A" w:rsidRPr="004139E4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59537AFE" w14:textId="12EF3BA8" w:rsidR="00616195" w:rsidRDefault="00084245" w:rsidP="00981F01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00981F01">
-        <w:lastRenderedPageBreak/>
         <w:t>CITIZENSHIP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0391FFFF" w14:textId="277F7BA4" w:rsidR="006C1041" w:rsidRPr="00BA2125" w:rsidRDefault="006C1041" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Internal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F069834" w14:textId="0EB117A2" w:rsidR="00473E72" w:rsidRDefault="00473E72" w:rsidP="005B0807">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Y-Chem </w:t>
       </w:r>
       <w:r w:rsidR="0054795C">
         <w:t>Faculty Advisor</w:t>
       </w:r>
       <w:r w:rsidR="0054795C">
         <w:tab/>
         <w:t>2025–Present</w:t>
       </w:r>
@@ -4155,57 +4093,52 @@
         <w:t>Chemistry and Biochemistry Graduate Student Recruitment</w:t>
       </w:r>
       <w:r w:rsidR="00073FFF">
         <w:t xml:space="preserve"> Committee</w:t>
       </w:r>
       <w:r w:rsidR="002E1F46">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00616195" w:rsidRPr="00BA2125">
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidR="00616195" w:rsidRPr="00BA2125">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00B37ACB">
         <w:t>2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4814C2B7" w14:textId="29CE338E" w:rsidR="00D75718" w:rsidRDefault="006D0E62" w:rsidP="00B7560A">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> organize and run</w:t>
+      <w:r>
+        <w:t>Helped organize and run</w:t>
       </w:r>
       <w:r w:rsidR="00E863F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>annual</w:t>
       </w:r>
       <w:r w:rsidR="00B40F7E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E863F7">
         <w:t>visitation weekend for accepted graduate students</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="778F09D2" w14:textId="3B60485E" w:rsidR="00DB74AE" w:rsidRDefault="000F4AB0" w:rsidP="00B7560A">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Moderated Q&amp;A </w:t>
       </w:r>
       <w:r w:rsidR="006D0E62">
         <w:t>session for visiting BYU-Idaho students in 2024 and 2025</w:t>
       </w:r>
     </w:p>
@@ -4351,534 +4284,711 @@
       </w:r>
       <w:r w:rsidR="003A11CA">
         <w:t>ession</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
       <w:r w:rsidR="00F22F26">
         <w:t xml:space="preserve"> Brigham Young University </w:t>
       </w:r>
       <w:r w:rsidR="00EB0F81">
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00267613">
         <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA7DB6B" w14:textId="5C288AFC" w:rsidR="00CF194B" w:rsidRDefault="006C1041" w:rsidP="00820D50">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>External</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4A1C7F" w14:textId="017159B5" w:rsidR="0040102A" w:rsidRDefault="00EB0F81" w:rsidP="009A79FB">
+    <w:p w14:paraId="3D4A1C7F" w14:textId="42C01FE3" w:rsidR="0040102A" w:rsidRDefault="00EB0F81" w:rsidP="009A79FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Mass</w:t>
       </w:r>
       <w:r w:rsidR="0022440B">
         <w:t xml:space="preserve"> Spectrometry Session</w:t>
       </w:r>
       <w:r w:rsidR="0040102A">
         <w:t xml:space="preserve"> Organizer</w:t>
       </w:r>
       <w:r w:rsidR="004D740A">
         <w:t>, FACSS</w:t>
       </w:r>
       <w:r w:rsidR="00E31EC9">
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Conference</w:t>
+        <w:t xml:space="preserve"> SciX Conference</w:t>
       </w:r>
       <w:r w:rsidR="003F4308">
         <w:tab/>
         <w:t>2025</w:t>
       </w:r>
+      <w:r w:rsidR="009410F4">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="001A09F7">
+        <w:t>Present</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="233589EC" w14:textId="2D1207E0" w:rsidR="00B1607F" w:rsidRDefault="00726247" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t>Co-organized with</w:t>
       </w:r>
       <w:r w:rsidR="00F34C05">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C155D7">
         <w:t xml:space="preserve">professors from University of </w:t>
       </w:r>
       <w:r>
         <w:t>Utah</w:t>
       </w:r>
       <w:r w:rsidR="00F34C05">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C155D7">
         <w:t xml:space="preserve">University of </w:t>
       </w:r>
       <w:r w:rsidR="0027110F">
         <w:t>Minnesota</w:t>
       </w:r>
       <w:r w:rsidR="004D7988">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C155D7">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00E95FC3">
         <w:t>Michigan State</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67B7248D" w14:textId="539200CD" w:rsidR="006729A8" w:rsidRDefault="006729A8" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Invited </w:t>
       </w:r>
       <w:r w:rsidR="00D13275">
         <w:t>and selected speakers for session</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32BAF83B" w14:textId="7BAF8984" w:rsidR="00171599" w:rsidRDefault="00B43B45" w:rsidP="0054195B">
+    <w:p w14:paraId="32BAF83B" w14:textId="72292253" w:rsidR="00171599" w:rsidRDefault="00B43B45" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Workshop Organizer</w:t>
       </w:r>
       <w:r w:rsidR="00E20B56">
         <w:t>, ASMS</w:t>
       </w:r>
       <w:r w:rsidR="000D7E88">
         <w:t xml:space="preserve"> Conference</w:t>
       </w:r>
       <w:r w:rsidR="003054E6">
         <w:tab/>
         <w:t>2025</w:t>
       </w:r>
+      <w:r w:rsidR="009410F4">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="001A09F7">
+        <w:t>Present</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="03B5B77F" w14:textId="77777777" w:rsidR="000D7E88" w:rsidRDefault="00E20B56" w:rsidP="003054E6">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Workshop Title: </w:t>
       </w:r>
       <w:r w:rsidR="00035DB2" w:rsidRPr="00035DB2">
         <w:t>Ion Trap MS: Using Trapping Mass Analyzers Beyond Mass Analysis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="477D9DC8" w14:textId="77777777" w:rsidR="000D7E88" w:rsidRDefault="000D7E88" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Organized for the </w:t>
       </w:r>
       <w:r w:rsidR="001A57CC">
         <w:t xml:space="preserve">Ion Trap MS </w:t>
       </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="001A57CC">
         <w:t xml:space="preserve">nterest </w:t>
       </w:r>
       <w:r>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="001A57CC">
         <w:t>roup</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BB15E69" w14:textId="1CBE317F" w:rsidR="00D13275" w:rsidRDefault="00D13275" w:rsidP="0054195B">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Invited </w:t>
       </w:r>
       <w:r w:rsidR="0040652A">
         <w:t xml:space="preserve">panelists to present and </w:t>
       </w:r>
       <w:r w:rsidR="00AA617D">
-        <w:t xml:space="preserve">lead </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>lead discussion</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="52EC45C3" w14:textId="40E1D1FC" w:rsidR="0031772C" w:rsidRDefault="0031772C" w:rsidP="0031772C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Journal Article Peer Review</w:t>
       </w:r>
       <w:r w:rsidR="0040102A">
         <w:t>er</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A073E43" w14:textId="5FED99C4" w:rsidR="0031772C" w:rsidRPr="00B43B45" w:rsidRDefault="000979EF" w:rsidP="00927A56">
+    <w:p w14:paraId="0A073E43" w14:textId="4727367C" w:rsidR="0031772C" w:rsidRPr="00B43B45" w:rsidRDefault="000979EF" w:rsidP="00927A56">
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Reviewed 5 articles for </w:t>
+        <w:t xml:space="preserve">Reviewed </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33069">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> articles for </w:t>
       </w:r>
       <w:r w:rsidR="0031772C" w:rsidRPr="006B117D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Analytical Chemistry</w:t>
       </w:r>
-      <w:r w:rsidR="006B117D">
-        <w:t xml:space="preserve"> and </w:t>
+      <w:r w:rsidR="0028032D">
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0031772C" w:rsidRPr="006B117D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal for the American Society of Mass Spectrometry</w:t>
       </w:r>
+      <w:r w:rsidR="0028032D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0028032D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Canadian Journal of Chemistry</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33069">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00284853">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>European Journal of Mass Spectrometry</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="24CFB470" w14:textId="77777777" w:rsidR="00DE663C" w:rsidRPr="00BA2125" w:rsidRDefault="006037C6" w:rsidP="00981F01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA2125">
         <w:t>AWARDS AND HONORS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E5EAED2" w14:textId="77777777" w:rsidR="00EC1413" w:rsidRPr="00201BAF" w:rsidRDefault="006037C6" w:rsidP="006B117D">
+    <w:p w14:paraId="30BF3E05" w14:textId="77777777" w:rsidR="002B4400" w:rsidRDefault="002B4400" w:rsidP="002B4400">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F134C6">
+        <w:t>Assistant</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Professor</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2023–Present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33BB0D60" w14:textId="77777777" w:rsidR="002B4400" w:rsidRDefault="002B4400" w:rsidP="002B4400">
+      <w:r>
+        <w:t xml:space="preserve">Brigham Young </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2125">
+        <w:t>University</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0003744E">
+        <w:t>Department</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2125">
+        <w:t xml:space="preserve"> of Chemistry</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and Biochemistry</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Provo, UT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2D2E05" w14:textId="422AA7E0" w:rsidR="005D6AEB" w:rsidRDefault="00F770FB" w:rsidP="006115F1">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F770FB">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Roland</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K. Robbins Faculty Majors' </w:t>
+      </w:r>
+      <w:r w:rsidR="00F95A98">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Teaching Award</w:t>
+      </w:r>
+      <w:r w:rsidR="008816CA">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186E571C" w14:textId="77777777" w:rsidR="00B743DA" w:rsidRDefault="00B743DA" w:rsidP="00B743DA">
+      <w:pPr>
+        <w:pStyle w:val="BulletList"/>
+        <w:ind w:right="1800"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For innovative improvements to the programming aspect of Chemistry 227</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D16662" w14:textId="3DD0DB42" w:rsidR="00016BD1" w:rsidRDefault="00595C83" w:rsidP="00016BD1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t>Graduate Student</w:t>
+      </w:r>
+      <w:r w:rsidR="00016BD1">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2016–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48015367" w14:textId="77777777" w:rsidR="00477FC3" w:rsidRDefault="00016BD1" w:rsidP="00477FC3">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C4D25">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t>Purdue University</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t>, Department of Chemistry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>West Lafayette, IN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5EAED2" w14:textId="50FAFE79" w:rsidR="00EC1413" w:rsidRDefault="006037C6" w:rsidP="00595C83">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00201BAF">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
         <w:t>W. Brooks Fortune Fellowship</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="002D552B">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1D5409" w14:textId="162E5BBC" w:rsidR="009A17E1" w:rsidRPr="007C1FBF" w:rsidRDefault="009F5E84" w:rsidP="009A17E1">
+      <w:pPr>
+        <w:pStyle w:val="BulletList"/>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C1FBF">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recognizes outstanding 2nd year </w:t>
+      </w:r>
+      <w:r w:rsidR="005D3C79" w:rsidRPr="007C1FBF">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t>analytical chemistry students</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25142D95" w14:textId="020EDEAC" w:rsidR="00A77864" w:rsidRPr="007C1FBF" w:rsidRDefault="00A77864" w:rsidP="009A17E1">
+      <w:pPr>
+        <w:pStyle w:val="BulletList"/>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C1FBF">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t>One semester stipend support</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D37479" w14:textId="2FB58F7C" w:rsidR="00EC1413" w:rsidRPr="007C1FBF" w:rsidRDefault="006037C6" w:rsidP="00D20148">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C1FBF">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t>Ross Fellowship</w:t>
+      </w:r>
+      <w:r w:rsidR="002D552B" w:rsidRPr="007C1FBF">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2016–2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688B8857" w14:textId="6107790F" w:rsidR="00A77864" w:rsidRPr="007C1FBF" w:rsidRDefault="00903D0A" w:rsidP="00A77864">
+      <w:pPr>
+        <w:pStyle w:val="BulletList"/>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C1FBF">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recruits outstanding </w:t>
+      </w:r>
+      <w:r w:rsidR="003C3EF5" w:rsidRPr="007C1FBF">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t>graduate students</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA7C48A" w14:textId="35832859" w:rsidR="007C1FBF" w:rsidRPr="007C1FBF" w:rsidRDefault="007C1FBF" w:rsidP="00A77864">
+      <w:pPr>
+        <w:pStyle w:val="BulletList"/>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C1FBF">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t>One year stipend support</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5C22DF" w14:textId="77777777" w:rsidR="00040629" w:rsidRPr="00FB69F7" w:rsidRDefault="00D20148" w:rsidP="00040629">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t>Undergraduate Student</w:t>
+      </w:r>
+      <w:r w:rsidR="00040629">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2010–2011, 2014–2016</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB2AA51" w14:textId="77777777" w:rsidR="00040629" w:rsidRPr="00FB69F7" w:rsidRDefault="00040629" w:rsidP="00D71B29">
+      <w:pPr>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB69F7">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t>Brigham Young University, Department of Chemistry and Biochemistry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FB69F7">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:t>Provo, UT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AB92932" w14:textId="4340399D" w:rsidR="00EC1413" w:rsidRPr="00201BAF" w:rsidRDefault="006037C6" w:rsidP="00527693">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00201BAF">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t>Purdue University, West Lafayette, IN</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Dean’s List</w:t>
+      </w:r>
+      <w:r w:rsidR="00527693">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2014</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A905B0A" w14:textId="7942A9B9" w:rsidR="00EC1413" w:rsidRPr="00201BAF" w:rsidRDefault="006037C6" w:rsidP="00527693">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00201BAF">
         <w:rPr>
           <w:rStyle w:val="Past"/>
         </w:rPr>
-        <w:t>Fall 2017</w:t>
-[...92 lines deleted...]
-        </w:rPr>
         <w:t>Undergraduate Research Award</w:t>
       </w:r>
-    </w:p>
-[...49 lines deleted...]
-        <w:t>Winter 2016</w:t>
+      <w:r w:rsidR="00564874">
+        <w:rPr>
+          <w:rStyle w:val="Past"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2014–2016</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="461CA17E" w14:textId="77777777" w:rsidR="00DE663C" w:rsidRPr="00BA2125" w:rsidRDefault="006037C6" w:rsidP="00981F01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA2125">
         <w:t>SKILLS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FA7042F" w14:textId="77777777" w:rsidR="00EC1413" w:rsidRDefault="00045842" w:rsidP="006B117D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Instrumentation Expertise</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5531BBD0" w14:textId="6BB892EF" w:rsidR="00B1514C" w:rsidRDefault="00045842" w:rsidP="0054195B">
       <w:r>
         <w:t xml:space="preserve">Mass Spectrometry – </w:t>
       </w:r>
       <w:r w:rsidR="000D2FA8">
         <w:t>custom</w:t>
       </w:r>
       <w:r>
         <w:t>-built and commercial instrument modification</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E1E0F6" w14:textId="4D6FCDA9" w:rsidR="00045842" w:rsidRPr="00045842" w:rsidRDefault="00045842" w:rsidP="0054195B">
       <w:r>
         <w:t>Transmission Electron Microscopy – negative-stain and cryo-EM imaging</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37FE50AC" w14:textId="77777777" w:rsidR="00EC1413" w:rsidRDefault="006037C6" w:rsidP="006B117D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA2125">
         <w:t>Programming Expertise</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5352953E" w14:textId="77777777" w:rsidR="00B1514C" w:rsidRDefault="006037C6" w:rsidP="0054195B">
       <w:r w:rsidRPr="00BA2125">
         <w:t>C++ – object-oriented programming and data structures</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C8D80CA" w14:textId="77777777" w:rsidR="00B1514C" w:rsidRDefault="006037C6" w:rsidP="0054195B">
       <w:r w:rsidRPr="00BA2125">
-        <w:lastRenderedPageBreak/>
         <w:t>R – data analysis and calculations/models of chemical processes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4201C8EB" w14:textId="77777777" w:rsidR="00B1514C" w:rsidRDefault="006037C6" w:rsidP="0054195B">
       <w:r w:rsidRPr="00BA2125">
         <w:t>Python – calculations/models and user interfaces</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="506FF243" w14:textId="77777777" w:rsidR="00B1514C" w:rsidRDefault="006037C6" w:rsidP="0054195B">
       <w:r w:rsidRPr="00BA2125">
         <w:t>Lua – ion physics modeling with SIMION and control of commercial instrumentation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7965D4F9" w14:textId="773F3F65" w:rsidR="00DE663C" w:rsidRPr="00BA2125" w:rsidRDefault="006037C6" w:rsidP="0054195B">
       <w:r w:rsidRPr="00BA2125">
         <w:t>Arduino (C) – microcontroller programming</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57C5B264" w14:textId="77777777" w:rsidR="00EC1413" w:rsidRDefault="006037C6" w:rsidP="006B117D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA2125">
         <w:t>Software Expertise</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E395D7" w14:textId="77777777" w:rsidR="00B1514C" w:rsidRDefault="006037C6" w:rsidP="0054195B">
       <w:r w:rsidRPr="00BA2125">
         <w:t>SIMION – mass spectrometer and ion physics modeling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C15A7FA" w14:textId="1A560139" w:rsidR="00DE663C" w:rsidRPr="00BA2125" w:rsidRDefault="006037C6" w:rsidP="00582C86">
       <w:r w:rsidRPr="00BA2125">
         <w:t>Autodesk Inventor – mass spectrometer hardware design</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DE663C" w:rsidRPr="00BA2125" w:rsidSect="00DA6C4A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CF1EC28" w14:textId="77777777" w:rsidR="00C85C5B" w:rsidRDefault="00C85C5B" w:rsidP="0054195B">
+    <w:p w14:paraId="3CD613C3" w14:textId="77777777" w:rsidR="00770D8A" w:rsidRDefault="00770D8A" w:rsidP="0054195B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24156A80" w14:textId="77777777" w:rsidR="00C85C5B" w:rsidRDefault="00C85C5B" w:rsidP="0054195B">
+    <w:p w14:paraId="353FF97F" w14:textId="77777777" w:rsidR="00770D8A" w:rsidRDefault="00770D8A" w:rsidP="0054195B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4937,58 +5047,58 @@
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Lohit Devanagari">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="545A21C2" w14:textId="77777777" w:rsidR="00C85C5B" w:rsidRDefault="00C85C5B" w:rsidP="0054195B">
+    <w:p w14:paraId="11BFFFE1" w14:textId="77777777" w:rsidR="00770D8A" w:rsidRDefault="00770D8A" w:rsidP="0054195B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18CF9F54" w14:textId="77777777" w:rsidR="00C85C5B" w:rsidRDefault="00C85C5B" w:rsidP="0054195B">
+    <w:p w14:paraId="4D915444" w14:textId="77777777" w:rsidR="00770D8A" w:rsidRDefault="00770D8A" w:rsidP="0054195B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="049D2998"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF62BD30"/>
     <w:styleLink w:val="WWNum1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
@@ -5472,701 +5582,822 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1812138190">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="666251744">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1638536415">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="850799290">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="731579020">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DE663C"/>
     <w:rsid w:val="00004378"/>
     <w:rsid w:val="0001547F"/>
+    <w:rsid w:val="00016BD1"/>
     <w:rsid w:val="00016C3D"/>
     <w:rsid w:val="0002204B"/>
     <w:rsid w:val="000242BE"/>
     <w:rsid w:val="00025960"/>
     <w:rsid w:val="0002796E"/>
+    <w:rsid w:val="00034F32"/>
     <w:rsid w:val="00035DB2"/>
     <w:rsid w:val="0003744E"/>
+    <w:rsid w:val="00040629"/>
     <w:rsid w:val="00045842"/>
     <w:rsid w:val="00046653"/>
     <w:rsid w:val="00050802"/>
     <w:rsid w:val="00057FCD"/>
     <w:rsid w:val="00061D43"/>
     <w:rsid w:val="00063AB6"/>
     <w:rsid w:val="00073FFF"/>
     <w:rsid w:val="00074027"/>
     <w:rsid w:val="000756CF"/>
+    <w:rsid w:val="000772C9"/>
     <w:rsid w:val="0008148B"/>
     <w:rsid w:val="00084245"/>
     <w:rsid w:val="00093385"/>
     <w:rsid w:val="00096ACD"/>
     <w:rsid w:val="000979EF"/>
     <w:rsid w:val="000A5AB2"/>
     <w:rsid w:val="000A6AD7"/>
     <w:rsid w:val="000B4E35"/>
+    <w:rsid w:val="000B7602"/>
     <w:rsid w:val="000C105F"/>
     <w:rsid w:val="000D0940"/>
     <w:rsid w:val="000D2727"/>
     <w:rsid w:val="000D2FA8"/>
     <w:rsid w:val="000D3603"/>
+    <w:rsid w:val="000D53CE"/>
     <w:rsid w:val="000D558A"/>
     <w:rsid w:val="000D7E88"/>
     <w:rsid w:val="000E313C"/>
     <w:rsid w:val="000E57C7"/>
     <w:rsid w:val="000F2702"/>
     <w:rsid w:val="000F2AC9"/>
+    <w:rsid w:val="000F2C19"/>
+    <w:rsid w:val="000F4958"/>
     <w:rsid w:val="000F4AB0"/>
     <w:rsid w:val="00101BB3"/>
     <w:rsid w:val="00104125"/>
     <w:rsid w:val="00113678"/>
+    <w:rsid w:val="00113F86"/>
     <w:rsid w:val="00120DC0"/>
     <w:rsid w:val="001210A8"/>
     <w:rsid w:val="001247B5"/>
     <w:rsid w:val="00124F69"/>
     <w:rsid w:val="0012557D"/>
     <w:rsid w:val="001316BC"/>
     <w:rsid w:val="001354C7"/>
     <w:rsid w:val="001358A0"/>
     <w:rsid w:val="00136583"/>
     <w:rsid w:val="0013771F"/>
     <w:rsid w:val="001500BE"/>
     <w:rsid w:val="0015139E"/>
     <w:rsid w:val="00160FF9"/>
     <w:rsid w:val="00162A0D"/>
     <w:rsid w:val="00162A36"/>
     <w:rsid w:val="0016392B"/>
     <w:rsid w:val="00167C77"/>
     <w:rsid w:val="00171599"/>
     <w:rsid w:val="00172750"/>
     <w:rsid w:val="00172AD9"/>
     <w:rsid w:val="001740E3"/>
     <w:rsid w:val="00174226"/>
     <w:rsid w:val="00175EFB"/>
     <w:rsid w:val="001766BC"/>
     <w:rsid w:val="00183FCE"/>
     <w:rsid w:val="001876A4"/>
     <w:rsid w:val="001915A5"/>
     <w:rsid w:val="00191903"/>
     <w:rsid w:val="001938B7"/>
+    <w:rsid w:val="001A09F7"/>
     <w:rsid w:val="001A57CC"/>
     <w:rsid w:val="001A79A9"/>
     <w:rsid w:val="001B198E"/>
+    <w:rsid w:val="001B6E01"/>
     <w:rsid w:val="001B75FB"/>
+    <w:rsid w:val="001C1AE5"/>
     <w:rsid w:val="001C3B4D"/>
     <w:rsid w:val="001D5193"/>
     <w:rsid w:val="001D699D"/>
     <w:rsid w:val="001E17A2"/>
+    <w:rsid w:val="001E4473"/>
     <w:rsid w:val="001E52FD"/>
     <w:rsid w:val="001E6948"/>
     <w:rsid w:val="001F0403"/>
     <w:rsid w:val="001F5F9D"/>
     <w:rsid w:val="00201BAF"/>
     <w:rsid w:val="00207EC0"/>
     <w:rsid w:val="00210382"/>
     <w:rsid w:val="00210500"/>
     <w:rsid w:val="0021397E"/>
     <w:rsid w:val="00216712"/>
     <w:rsid w:val="0022440B"/>
     <w:rsid w:val="00233400"/>
     <w:rsid w:val="002357E1"/>
     <w:rsid w:val="00236F3A"/>
     <w:rsid w:val="00243A71"/>
     <w:rsid w:val="00260B86"/>
     <w:rsid w:val="00267613"/>
     <w:rsid w:val="0027089E"/>
     <w:rsid w:val="0027110F"/>
+    <w:rsid w:val="002772DF"/>
+    <w:rsid w:val="0028032D"/>
     <w:rsid w:val="00280773"/>
     <w:rsid w:val="0028418E"/>
     <w:rsid w:val="002842F6"/>
+    <w:rsid w:val="00284853"/>
     <w:rsid w:val="00284D93"/>
     <w:rsid w:val="00285DA9"/>
     <w:rsid w:val="002866BD"/>
     <w:rsid w:val="00293A96"/>
     <w:rsid w:val="00295766"/>
     <w:rsid w:val="002A31CF"/>
+    <w:rsid w:val="002B2F61"/>
     <w:rsid w:val="002B43C9"/>
+    <w:rsid w:val="002B4400"/>
     <w:rsid w:val="002B530C"/>
     <w:rsid w:val="002C303D"/>
     <w:rsid w:val="002C3C8D"/>
     <w:rsid w:val="002C5801"/>
     <w:rsid w:val="002C7B8D"/>
     <w:rsid w:val="002C7CBE"/>
     <w:rsid w:val="002D392C"/>
     <w:rsid w:val="002D5215"/>
+    <w:rsid w:val="002D552B"/>
     <w:rsid w:val="002E01E2"/>
     <w:rsid w:val="002E1F46"/>
     <w:rsid w:val="002E2AB6"/>
     <w:rsid w:val="002E519E"/>
     <w:rsid w:val="002E66E0"/>
     <w:rsid w:val="002E6B17"/>
     <w:rsid w:val="002F19E9"/>
     <w:rsid w:val="002F2A43"/>
+    <w:rsid w:val="002F306A"/>
     <w:rsid w:val="002F3F8C"/>
     <w:rsid w:val="002F5D9C"/>
     <w:rsid w:val="00301A20"/>
     <w:rsid w:val="00303F34"/>
     <w:rsid w:val="003054E6"/>
     <w:rsid w:val="00305576"/>
     <w:rsid w:val="0031772C"/>
     <w:rsid w:val="00321DA1"/>
     <w:rsid w:val="003267E9"/>
     <w:rsid w:val="003279D7"/>
     <w:rsid w:val="003313B2"/>
     <w:rsid w:val="00333CFE"/>
     <w:rsid w:val="003353EF"/>
     <w:rsid w:val="0034235B"/>
     <w:rsid w:val="0034285C"/>
+    <w:rsid w:val="00350D9A"/>
     <w:rsid w:val="0035267B"/>
     <w:rsid w:val="00354631"/>
     <w:rsid w:val="00356B63"/>
     <w:rsid w:val="00360B58"/>
     <w:rsid w:val="00364125"/>
+    <w:rsid w:val="003761B1"/>
     <w:rsid w:val="00381F39"/>
     <w:rsid w:val="00382053"/>
     <w:rsid w:val="003829C7"/>
     <w:rsid w:val="0038513D"/>
     <w:rsid w:val="00392432"/>
     <w:rsid w:val="0039248A"/>
     <w:rsid w:val="003958F1"/>
     <w:rsid w:val="00396366"/>
     <w:rsid w:val="003A11CA"/>
     <w:rsid w:val="003A4D1B"/>
     <w:rsid w:val="003A7B56"/>
     <w:rsid w:val="003A7D90"/>
     <w:rsid w:val="003B3708"/>
+    <w:rsid w:val="003B49D6"/>
     <w:rsid w:val="003B5871"/>
     <w:rsid w:val="003B6E87"/>
     <w:rsid w:val="003C3093"/>
+    <w:rsid w:val="003C3EF5"/>
     <w:rsid w:val="003C7620"/>
     <w:rsid w:val="003D02A5"/>
     <w:rsid w:val="003D0E96"/>
     <w:rsid w:val="003D49F2"/>
+    <w:rsid w:val="003D4B5E"/>
     <w:rsid w:val="003D64A2"/>
     <w:rsid w:val="003E123A"/>
     <w:rsid w:val="003E57F6"/>
     <w:rsid w:val="003E7781"/>
     <w:rsid w:val="003F1EA7"/>
     <w:rsid w:val="003F3E68"/>
     <w:rsid w:val="003F4308"/>
     <w:rsid w:val="003F44EB"/>
     <w:rsid w:val="003F56CD"/>
     <w:rsid w:val="004009C1"/>
     <w:rsid w:val="0040102A"/>
+    <w:rsid w:val="00403DB9"/>
     <w:rsid w:val="00404986"/>
     <w:rsid w:val="0040611F"/>
     <w:rsid w:val="0040652A"/>
+    <w:rsid w:val="004139E4"/>
     <w:rsid w:val="00417353"/>
+    <w:rsid w:val="00417814"/>
+    <w:rsid w:val="004268B4"/>
     <w:rsid w:val="00432F4B"/>
     <w:rsid w:val="0043390E"/>
     <w:rsid w:val="0043408F"/>
     <w:rsid w:val="0043753E"/>
     <w:rsid w:val="00440EC9"/>
     <w:rsid w:val="00454888"/>
     <w:rsid w:val="00460EB4"/>
+    <w:rsid w:val="004622BD"/>
     <w:rsid w:val="00462FC1"/>
     <w:rsid w:val="00473E72"/>
+    <w:rsid w:val="00477FC3"/>
     <w:rsid w:val="00480D18"/>
+    <w:rsid w:val="004818C6"/>
     <w:rsid w:val="00482437"/>
     <w:rsid w:val="0048618D"/>
     <w:rsid w:val="00491603"/>
     <w:rsid w:val="00494557"/>
     <w:rsid w:val="004B483C"/>
+    <w:rsid w:val="004B4FCC"/>
     <w:rsid w:val="004C0093"/>
     <w:rsid w:val="004C0144"/>
+    <w:rsid w:val="004C1936"/>
+    <w:rsid w:val="004C4565"/>
     <w:rsid w:val="004C632B"/>
     <w:rsid w:val="004D1B6E"/>
     <w:rsid w:val="004D2287"/>
     <w:rsid w:val="004D5515"/>
     <w:rsid w:val="004D7358"/>
     <w:rsid w:val="004D740A"/>
     <w:rsid w:val="004D7988"/>
     <w:rsid w:val="004E24AB"/>
     <w:rsid w:val="004E3F42"/>
     <w:rsid w:val="004E5CA7"/>
     <w:rsid w:val="004F185E"/>
     <w:rsid w:val="004F226D"/>
     <w:rsid w:val="004F6092"/>
     <w:rsid w:val="00511589"/>
     <w:rsid w:val="00514F60"/>
     <w:rsid w:val="00515AB7"/>
     <w:rsid w:val="00516125"/>
+    <w:rsid w:val="00522CAE"/>
+    <w:rsid w:val="00527693"/>
     <w:rsid w:val="00531E8F"/>
     <w:rsid w:val="0054195B"/>
+    <w:rsid w:val="00544517"/>
     <w:rsid w:val="0054795C"/>
     <w:rsid w:val="005541D3"/>
+    <w:rsid w:val="00554742"/>
     <w:rsid w:val="00555B46"/>
     <w:rsid w:val="00556FF0"/>
     <w:rsid w:val="00557577"/>
     <w:rsid w:val="0056097A"/>
     <w:rsid w:val="00563BDC"/>
+    <w:rsid w:val="00564874"/>
     <w:rsid w:val="00566A9E"/>
     <w:rsid w:val="00567D5F"/>
     <w:rsid w:val="00581608"/>
     <w:rsid w:val="00582C86"/>
     <w:rsid w:val="00584A97"/>
     <w:rsid w:val="0059036E"/>
     <w:rsid w:val="0059220A"/>
     <w:rsid w:val="005955D3"/>
+    <w:rsid w:val="00595C83"/>
     <w:rsid w:val="005A2BEE"/>
+    <w:rsid w:val="005A48C8"/>
     <w:rsid w:val="005B0807"/>
+    <w:rsid w:val="005B1B93"/>
     <w:rsid w:val="005B4E87"/>
     <w:rsid w:val="005B59E4"/>
     <w:rsid w:val="005B6B8C"/>
+    <w:rsid w:val="005C0529"/>
     <w:rsid w:val="005C0FF9"/>
     <w:rsid w:val="005C4EDB"/>
+    <w:rsid w:val="005D3C79"/>
     <w:rsid w:val="005D3F06"/>
     <w:rsid w:val="005D643C"/>
+    <w:rsid w:val="005D6AEB"/>
+    <w:rsid w:val="005E04B4"/>
+    <w:rsid w:val="005E173A"/>
     <w:rsid w:val="005E2F70"/>
+    <w:rsid w:val="005E5D9F"/>
     <w:rsid w:val="005F53F3"/>
+    <w:rsid w:val="005F5F6A"/>
     <w:rsid w:val="006015E1"/>
     <w:rsid w:val="006037C6"/>
     <w:rsid w:val="00604744"/>
+    <w:rsid w:val="0060559A"/>
     <w:rsid w:val="006079CA"/>
+    <w:rsid w:val="006115F1"/>
     <w:rsid w:val="00613CF6"/>
     <w:rsid w:val="00615F15"/>
     <w:rsid w:val="00616195"/>
     <w:rsid w:val="00616CC2"/>
     <w:rsid w:val="00620EE5"/>
+    <w:rsid w:val="00634B5B"/>
     <w:rsid w:val="0063525F"/>
     <w:rsid w:val="00644CA9"/>
     <w:rsid w:val="00645572"/>
+    <w:rsid w:val="00651346"/>
     <w:rsid w:val="00653E92"/>
     <w:rsid w:val="00654959"/>
     <w:rsid w:val="00654B26"/>
+    <w:rsid w:val="006703B5"/>
     <w:rsid w:val="006729A8"/>
     <w:rsid w:val="006747F8"/>
     <w:rsid w:val="006762A2"/>
     <w:rsid w:val="00683124"/>
     <w:rsid w:val="00691BAF"/>
     <w:rsid w:val="00692D20"/>
     <w:rsid w:val="00695E9B"/>
     <w:rsid w:val="006970D0"/>
     <w:rsid w:val="006A3A75"/>
     <w:rsid w:val="006B117D"/>
     <w:rsid w:val="006B1590"/>
     <w:rsid w:val="006B5D27"/>
     <w:rsid w:val="006B7C8A"/>
     <w:rsid w:val="006C1041"/>
     <w:rsid w:val="006C6AA3"/>
     <w:rsid w:val="006D0E62"/>
     <w:rsid w:val="006D3334"/>
     <w:rsid w:val="006E2C11"/>
     <w:rsid w:val="006E60DF"/>
     <w:rsid w:val="006E7F45"/>
     <w:rsid w:val="006F1A5A"/>
     <w:rsid w:val="006F5629"/>
+    <w:rsid w:val="006F67D8"/>
     <w:rsid w:val="00700B5A"/>
     <w:rsid w:val="00704462"/>
     <w:rsid w:val="00706B11"/>
     <w:rsid w:val="00707DC3"/>
     <w:rsid w:val="00710A79"/>
     <w:rsid w:val="007114A0"/>
     <w:rsid w:val="00712483"/>
     <w:rsid w:val="00712619"/>
     <w:rsid w:val="00712FA1"/>
+    <w:rsid w:val="00713B95"/>
     <w:rsid w:val="00720433"/>
     <w:rsid w:val="00721143"/>
     <w:rsid w:val="00723C86"/>
     <w:rsid w:val="00726247"/>
     <w:rsid w:val="00726BF1"/>
     <w:rsid w:val="00727094"/>
     <w:rsid w:val="00730120"/>
     <w:rsid w:val="00740421"/>
     <w:rsid w:val="00741958"/>
     <w:rsid w:val="00743284"/>
+    <w:rsid w:val="00744CBB"/>
     <w:rsid w:val="007547AC"/>
     <w:rsid w:val="007606E9"/>
+    <w:rsid w:val="00767BE1"/>
+    <w:rsid w:val="00770D8A"/>
+    <w:rsid w:val="00770E42"/>
     <w:rsid w:val="00791831"/>
     <w:rsid w:val="00795F71"/>
     <w:rsid w:val="007A4CCF"/>
     <w:rsid w:val="007A7048"/>
     <w:rsid w:val="007B6E77"/>
     <w:rsid w:val="007B704F"/>
     <w:rsid w:val="007B75E0"/>
+    <w:rsid w:val="007C1FBF"/>
     <w:rsid w:val="007C20DA"/>
     <w:rsid w:val="007C33D8"/>
     <w:rsid w:val="007C374D"/>
     <w:rsid w:val="007C5AF9"/>
     <w:rsid w:val="007E0887"/>
     <w:rsid w:val="007E4FE5"/>
+    <w:rsid w:val="007E59D1"/>
     <w:rsid w:val="00800687"/>
     <w:rsid w:val="008045C9"/>
     <w:rsid w:val="00804BDF"/>
     <w:rsid w:val="00805CFF"/>
+    <w:rsid w:val="00806C1B"/>
+    <w:rsid w:val="00806D58"/>
+    <w:rsid w:val="00814310"/>
     <w:rsid w:val="008156C8"/>
     <w:rsid w:val="00817744"/>
     <w:rsid w:val="00820D50"/>
     <w:rsid w:val="00821381"/>
     <w:rsid w:val="008214F3"/>
     <w:rsid w:val="00822042"/>
     <w:rsid w:val="00826BED"/>
     <w:rsid w:val="00830253"/>
+    <w:rsid w:val="008333D4"/>
     <w:rsid w:val="00834BC5"/>
     <w:rsid w:val="0084689C"/>
+    <w:rsid w:val="008468EB"/>
     <w:rsid w:val="008509B7"/>
+    <w:rsid w:val="00851BE9"/>
     <w:rsid w:val="00853948"/>
     <w:rsid w:val="0085793D"/>
     <w:rsid w:val="00862E39"/>
     <w:rsid w:val="008643D3"/>
     <w:rsid w:val="00867734"/>
     <w:rsid w:val="00867963"/>
     <w:rsid w:val="00872123"/>
     <w:rsid w:val="00877B08"/>
+    <w:rsid w:val="008816CA"/>
+    <w:rsid w:val="008848D8"/>
     <w:rsid w:val="00886E88"/>
     <w:rsid w:val="008B74ED"/>
     <w:rsid w:val="008B7D61"/>
     <w:rsid w:val="008C004F"/>
     <w:rsid w:val="008C0D9E"/>
     <w:rsid w:val="008C3A7D"/>
     <w:rsid w:val="008C6801"/>
     <w:rsid w:val="008C79AB"/>
     <w:rsid w:val="008D2BDD"/>
+    <w:rsid w:val="008D3605"/>
     <w:rsid w:val="008D68AC"/>
     <w:rsid w:val="008D7036"/>
     <w:rsid w:val="008D76B0"/>
     <w:rsid w:val="008E1ABD"/>
     <w:rsid w:val="008E30A8"/>
     <w:rsid w:val="008E6737"/>
     <w:rsid w:val="008E67AC"/>
+    <w:rsid w:val="008F30AC"/>
     <w:rsid w:val="008F419C"/>
     <w:rsid w:val="008F582C"/>
     <w:rsid w:val="008F5ABF"/>
     <w:rsid w:val="00902F24"/>
+    <w:rsid w:val="00903D0A"/>
     <w:rsid w:val="0090475B"/>
     <w:rsid w:val="00904AD8"/>
+    <w:rsid w:val="00906EDF"/>
     <w:rsid w:val="00907E9B"/>
+    <w:rsid w:val="009105AF"/>
     <w:rsid w:val="00910661"/>
+    <w:rsid w:val="00922A90"/>
     <w:rsid w:val="00922C40"/>
     <w:rsid w:val="009232E8"/>
     <w:rsid w:val="009321A4"/>
     <w:rsid w:val="009322C0"/>
     <w:rsid w:val="009329EF"/>
     <w:rsid w:val="009341F4"/>
     <w:rsid w:val="009351C8"/>
     <w:rsid w:val="0093590C"/>
     <w:rsid w:val="00940BEC"/>
     <w:rsid w:val="00940E3C"/>
+    <w:rsid w:val="009410F4"/>
     <w:rsid w:val="009477F7"/>
     <w:rsid w:val="00953CDC"/>
     <w:rsid w:val="00957892"/>
     <w:rsid w:val="00962D18"/>
     <w:rsid w:val="00966009"/>
     <w:rsid w:val="00972E7D"/>
     <w:rsid w:val="00973056"/>
     <w:rsid w:val="00974F51"/>
     <w:rsid w:val="009809C1"/>
     <w:rsid w:val="00981F01"/>
     <w:rsid w:val="0098263E"/>
     <w:rsid w:val="009834A0"/>
     <w:rsid w:val="00986AF1"/>
     <w:rsid w:val="00987CD4"/>
     <w:rsid w:val="009928F2"/>
     <w:rsid w:val="00997F3E"/>
+    <w:rsid w:val="009A17E1"/>
     <w:rsid w:val="009A4334"/>
     <w:rsid w:val="009A51D6"/>
     <w:rsid w:val="009A5BEA"/>
     <w:rsid w:val="009A79FB"/>
     <w:rsid w:val="009B3D2B"/>
     <w:rsid w:val="009B7760"/>
     <w:rsid w:val="009C4D25"/>
     <w:rsid w:val="009C7F0B"/>
     <w:rsid w:val="009D42D3"/>
     <w:rsid w:val="009D4A14"/>
     <w:rsid w:val="009D6DBC"/>
     <w:rsid w:val="009D7172"/>
     <w:rsid w:val="009D7840"/>
     <w:rsid w:val="009E42CA"/>
     <w:rsid w:val="009E433D"/>
     <w:rsid w:val="009E6630"/>
     <w:rsid w:val="009E6CF2"/>
     <w:rsid w:val="009F248A"/>
+    <w:rsid w:val="009F5C56"/>
+    <w:rsid w:val="009F5E84"/>
     <w:rsid w:val="009F77BE"/>
     <w:rsid w:val="00A002B0"/>
     <w:rsid w:val="00A0168B"/>
     <w:rsid w:val="00A01F41"/>
     <w:rsid w:val="00A02BF8"/>
     <w:rsid w:val="00A12892"/>
     <w:rsid w:val="00A12F10"/>
     <w:rsid w:val="00A12FAF"/>
     <w:rsid w:val="00A1649A"/>
     <w:rsid w:val="00A17CCF"/>
+    <w:rsid w:val="00A26DC7"/>
     <w:rsid w:val="00A27FF8"/>
+    <w:rsid w:val="00A3393F"/>
     <w:rsid w:val="00A37D02"/>
     <w:rsid w:val="00A401E8"/>
+    <w:rsid w:val="00A44A7D"/>
     <w:rsid w:val="00A47B13"/>
     <w:rsid w:val="00A57084"/>
     <w:rsid w:val="00A57FE5"/>
     <w:rsid w:val="00A62B1D"/>
     <w:rsid w:val="00A6658D"/>
     <w:rsid w:val="00A676AB"/>
     <w:rsid w:val="00A774D7"/>
     <w:rsid w:val="00A77747"/>
+    <w:rsid w:val="00A77864"/>
+    <w:rsid w:val="00A841C4"/>
+    <w:rsid w:val="00A92CD5"/>
     <w:rsid w:val="00A9433D"/>
     <w:rsid w:val="00AA617D"/>
     <w:rsid w:val="00AB4C94"/>
     <w:rsid w:val="00AB5E4A"/>
     <w:rsid w:val="00AB6C21"/>
     <w:rsid w:val="00AB7D23"/>
     <w:rsid w:val="00AC3AF3"/>
     <w:rsid w:val="00AC4697"/>
     <w:rsid w:val="00AE1758"/>
     <w:rsid w:val="00AE2CAC"/>
     <w:rsid w:val="00AF0445"/>
     <w:rsid w:val="00AF4E0D"/>
     <w:rsid w:val="00AF5483"/>
     <w:rsid w:val="00AF5495"/>
     <w:rsid w:val="00AF747D"/>
+    <w:rsid w:val="00B020A9"/>
     <w:rsid w:val="00B021FD"/>
     <w:rsid w:val="00B059D1"/>
     <w:rsid w:val="00B12A1A"/>
     <w:rsid w:val="00B143D8"/>
     <w:rsid w:val="00B1514C"/>
     <w:rsid w:val="00B1607F"/>
+    <w:rsid w:val="00B17F5A"/>
+    <w:rsid w:val="00B263B0"/>
     <w:rsid w:val="00B267B2"/>
     <w:rsid w:val="00B26C10"/>
     <w:rsid w:val="00B27619"/>
+    <w:rsid w:val="00B30988"/>
     <w:rsid w:val="00B31D8E"/>
     <w:rsid w:val="00B3222D"/>
+    <w:rsid w:val="00B33069"/>
     <w:rsid w:val="00B36A6F"/>
     <w:rsid w:val="00B37ACB"/>
     <w:rsid w:val="00B40F7E"/>
     <w:rsid w:val="00B42061"/>
     <w:rsid w:val="00B42D7C"/>
     <w:rsid w:val="00B43B45"/>
     <w:rsid w:val="00B43F5B"/>
     <w:rsid w:val="00B45D9C"/>
     <w:rsid w:val="00B56340"/>
+    <w:rsid w:val="00B60C67"/>
     <w:rsid w:val="00B631A7"/>
+    <w:rsid w:val="00B70981"/>
+    <w:rsid w:val="00B743DA"/>
     <w:rsid w:val="00B747B2"/>
     <w:rsid w:val="00B74E8E"/>
     <w:rsid w:val="00B7560A"/>
     <w:rsid w:val="00B765EA"/>
     <w:rsid w:val="00B810D3"/>
     <w:rsid w:val="00B82319"/>
     <w:rsid w:val="00B852BB"/>
     <w:rsid w:val="00B85D78"/>
     <w:rsid w:val="00B92FAA"/>
     <w:rsid w:val="00BA08B8"/>
     <w:rsid w:val="00BA2125"/>
     <w:rsid w:val="00BB1CB8"/>
     <w:rsid w:val="00BB3080"/>
     <w:rsid w:val="00BB6B4C"/>
     <w:rsid w:val="00BC0320"/>
     <w:rsid w:val="00BC2F66"/>
     <w:rsid w:val="00BD6729"/>
     <w:rsid w:val="00BE0A75"/>
     <w:rsid w:val="00BF4CAB"/>
     <w:rsid w:val="00BF65E5"/>
+    <w:rsid w:val="00C13F03"/>
     <w:rsid w:val="00C155D7"/>
     <w:rsid w:val="00C208F5"/>
+    <w:rsid w:val="00C25B4C"/>
     <w:rsid w:val="00C31E3C"/>
     <w:rsid w:val="00C33FE1"/>
     <w:rsid w:val="00C364B0"/>
     <w:rsid w:val="00C41B9D"/>
     <w:rsid w:val="00C56993"/>
+    <w:rsid w:val="00C65E44"/>
     <w:rsid w:val="00C75A0E"/>
     <w:rsid w:val="00C75E38"/>
+    <w:rsid w:val="00C7658A"/>
     <w:rsid w:val="00C766A0"/>
     <w:rsid w:val="00C8245D"/>
     <w:rsid w:val="00C82CDA"/>
     <w:rsid w:val="00C83EC4"/>
     <w:rsid w:val="00C85C5B"/>
     <w:rsid w:val="00C872EC"/>
+    <w:rsid w:val="00C90657"/>
+    <w:rsid w:val="00C90D31"/>
     <w:rsid w:val="00C9149D"/>
     <w:rsid w:val="00C94ADF"/>
     <w:rsid w:val="00C9623D"/>
     <w:rsid w:val="00CB1676"/>
     <w:rsid w:val="00CB2D0E"/>
     <w:rsid w:val="00CB5730"/>
+    <w:rsid w:val="00CC77A5"/>
     <w:rsid w:val="00CD1400"/>
     <w:rsid w:val="00CD1BC0"/>
     <w:rsid w:val="00CE4209"/>
     <w:rsid w:val="00CF194B"/>
     <w:rsid w:val="00CF35C9"/>
     <w:rsid w:val="00D01651"/>
     <w:rsid w:val="00D01C34"/>
     <w:rsid w:val="00D0464E"/>
     <w:rsid w:val="00D04B04"/>
     <w:rsid w:val="00D074F2"/>
     <w:rsid w:val="00D1086D"/>
     <w:rsid w:val="00D114F5"/>
     <w:rsid w:val="00D13275"/>
     <w:rsid w:val="00D159DB"/>
     <w:rsid w:val="00D165AD"/>
+    <w:rsid w:val="00D20148"/>
     <w:rsid w:val="00D24AD8"/>
     <w:rsid w:val="00D26909"/>
     <w:rsid w:val="00D27F14"/>
     <w:rsid w:val="00D340AD"/>
     <w:rsid w:val="00D346BB"/>
     <w:rsid w:val="00D36669"/>
     <w:rsid w:val="00D376F9"/>
     <w:rsid w:val="00D41C65"/>
+    <w:rsid w:val="00D42F8F"/>
+    <w:rsid w:val="00D46935"/>
     <w:rsid w:val="00D53C53"/>
     <w:rsid w:val="00D555AF"/>
     <w:rsid w:val="00D639F4"/>
     <w:rsid w:val="00D67ED7"/>
     <w:rsid w:val="00D70C58"/>
+    <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D72467"/>
     <w:rsid w:val="00D7264B"/>
     <w:rsid w:val="00D75718"/>
     <w:rsid w:val="00D774D4"/>
     <w:rsid w:val="00D80CF1"/>
     <w:rsid w:val="00D82E50"/>
+    <w:rsid w:val="00D96044"/>
     <w:rsid w:val="00DA6C4A"/>
     <w:rsid w:val="00DB08AC"/>
     <w:rsid w:val="00DB1CE7"/>
     <w:rsid w:val="00DB5743"/>
     <w:rsid w:val="00DB74AE"/>
     <w:rsid w:val="00DC0EA7"/>
     <w:rsid w:val="00DC6E10"/>
     <w:rsid w:val="00DC7266"/>
     <w:rsid w:val="00DD64DA"/>
+    <w:rsid w:val="00DD6D38"/>
+    <w:rsid w:val="00DE3489"/>
     <w:rsid w:val="00DE4046"/>
     <w:rsid w:val="00DE56E9"/>
     <w:rsid w:val="00DE663C"/>
+    <w:rsid w:val="00DF2F6F"/>
+    <w:rsid w:val="00DF6159"/>
     <w:rsid w:val="00DF6E78"/>
     <w:rsid w:val="00DF6FBD"/>
     <w:rsid w:val="00E11251"/>
     <w:rsid w:val="00E12B61"/>
     <w:rsid w:val="00E1504A"/>
     <w:rsid w:val="00E1665D"/>
     <w:rsid w:val="00E20B56"/>
     <w:rsid w:val="00E235E8"/>
     <w:rsid w:val="00E275BB"/>
+    <w:rsid w:val="00E275D7"/>
     <w:rsid w:val="00E316E3"/>
     <w:rsid w:val="00E31EC9"/>
     <w:rsid w:val="00E34F05"/>
     <w:rsid w:val="00E3699B"/>
     <w:rsid w:val="00E36EC3"/>
     <w:rsid w:val="00E408B8"/>
     <w:rsid w:val="00E40C87"/>
     <w:rsid w:val="00E47629"/>
     <w:rsid w:val="00E50A80"/>
+    <w:rsid w:val="00E53BCD"/>
     <w:rsid w:val="00E542A4"/>
     <w:rsid w:val="00E54619"/>
     <w:rsid w:val="00E56A79"/>
     <w:rsid w:val="00E62865"/>
     <w:rsid w:val="00E74FB1"/>
+    <w:rsid w:val="00E754A8"/>
     <w:rsid w:val="00E75D24"/>
     <w:rsid w:val="00E7753C"/>
     <w:rsid w:val="00E7755D"/>
     <w:rsid w:val="00E81579"/>
     <w:rsid w:val="00E863F7"/>
     <w:rsid w:val="00E95FC3"/>
     <w:rsid w:val="00E96238"/>
     <w:rsid w:val="00EA5A4E"/>
     <w:rsid w:val="00EB0F81"/>
     <w:rsid w:val="00EB32E0"/>
     <w:rsid w:val="00EC1413"/>
     <w:rsid w:val="00EC1916"/>
+    <w:rsid w:val="00EC4058"/>
     <w:rsid w:val="00EC5D80"/>
     <w:rsid w:val="00EC76FE"/>
+    <w:rsid w:val="00ED0AFC"/>
     <w:rsid w:val="00ED3994"/>
     <w:rsid w:val="00ED4776"/>
     <w:rsid w:val="00ED47D5"/>
     <w:rsid w:val="00ED49F6"/>
     <w:rsid w:val="00EE01A1"/>
     <w:rsid w:val="00EE1B0F"/>
     <w:rsid w:val="00EE24D5"/>
     <w:rsid w:val="00EE349C"/>
     <w:rsid w:val="00EE6FF1"/>
     <w:rsid w:val="00EF6FD9"/>
     <w:rsid w:val="00F02103"/>
     <w:rsid w:val="00F021FA"/>
     <w:rsid w:val="00F028B2"/>
     <w:rsid w:val="00F03F47"/>
     <w:rsid w:val="00F045FE"/>
+    <w:rsid w:val="00F04CFE"/>
     <w:rsid w:val="00F07444"/>
     <w:rsid w:val="00F134C6"/>
     <w:rsid w:val="00F15111"/>
     <w:rsid w:val="00F17FDB"/>
     <w:rsid w:val="00F226E1"/>
     <w:rsid w:val="00F22F26"/>
     <w:rsid w:val="00F244F8"/>
+    <w:rsid w:val="00F34050"/>
     <w:rsid w:val="00F34C05"/>
     <w:rsid w:val="00F34CE5"/>
     <w:rsid w:val="00F36E12"/>
     <w:rsid w:val="00F40602"/>
     <w:rsid w:val="00F42181"/>
     <w:rsid w:val="00F43860"/>
     <w:rsid w:val="00F44DA9"/>
     <w:rsid w:val="00F458D9"/>
     <w:rsid w:val="00F50252"/>
     <w:rsid w:val="00F51359"/>
     <w:rsid w:val="00F5557E"/>
     <w:rsid w:val="00F561C4"/>
+    <w:rsid w:val="00F56B28"/>
     <w:rsid w:val="00F57700"/>
     <w:rsid w:val="00F75E06"/>
+    <w:rsid w:val="00F770FB"/>
     <w:rsid w:val="00F777FB"/>
     <w:rsid w:val="00F80706"/>
     <w:rsid w:val="00F82002"/>
     <w:rsid w:val="00F82202"/>
     <w:rsid w:val="00F86DF6"/>
     <w:rsid w:val="00F87CB5"/>
     <w:rsid w:val="00F92BBE"/>
+    <w:rsid w:val="00F930DB"/>
     <w:rsid w:val="00F951D5"/>
     <w:rsid w:val="00F954E1"/>
+    <w:rsid w:val="00F95A98"/>
     <w:rsid w:val="00F979F5"/>
     <w:rsid w:val="00F97E25"/>
     <w:rsid w:val="00FB1034"/>
     <w:rsid w:val="00FB69F7"/>
     <w:rsid w:val="00FC2C73"/>
     <w:rsid w:val="00FC583A"/>
     <w:rsid w:val="00FD0921"/>
     <w:rsid w:val="00FD1E37"/>
     <w:rsid w:val="00FE15AD"/>
     <w:rsid w:val="00FE1924"/>
     <w:rsid w:val="00FF1FD8"/>
     <w:rsid w:val="00FF3AFD"/>
     <w:rsid w:val="00FF40C2"/>
     <w:rsid w:val="00FF60EF"/>
     <w:rsid w:val="00FF72FC"/>
     <w:rsid w:val="00FF73B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -6670,50 +6901,51 @@
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00AE2CAC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
     <w:name w:val="Heading"/>
@@ -15375,51 +15607,51 @@
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="1333535006">
                   <w:marLeft w:val="360"/>
                   <w:marRight w:val="96"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.chemrestox.5c00183" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.jproteome.4c00076" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29964-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13361-019-02156-z" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.1c04875" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kennylee.chem@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/nar/gkae153" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.2c04263" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.0c00146" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.jproteome.2c00595" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.1c05398" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.7b02797" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/jasms.4c00258" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ijms.2020.116313" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.3c03228" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ijms.2020.116437" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13361-017-1720-1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ijms.2025.117444" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/jasms.2c00001" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/jasms.5c00062" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.sbi.2023.102699" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.0c04335" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13361-018-02126-x" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ijms.2025.117444" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.3c03228" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ijms.2020.116437" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29964-4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kennylee.chem@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/jasms.5c00062" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.sbi.2023.102699" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.0c04335" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.jproteome.4c00076" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.2c04263" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13361-019-02156-z" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.chemrestox.5c00183" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.1c04875" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.7b02797" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/nar/gkae153" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.1c05398" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.0c00146" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/jasms.5c00227" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.jproteome.2c00595" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13361-017-1720-1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00216-025-06186-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/jasms.4c00258" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/jasms.2c00001" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ijms.2020.116313" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13361-018-02126-x" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/jasms.5c00221" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15678,75 +15910,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2689</Words>
-  <Characters>15331</Characters>
+  <Words>2848</Words>
+  <Characters>17606</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>127</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>326</Lines>
+  <Paragraphs>255</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17985</CharactersWithSpaces>
+  <CharactersWithSpaces>20199</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Kenny Lee</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>16.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DocSecurity">
     <vt:r8>0</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="HyperlinksChanged">